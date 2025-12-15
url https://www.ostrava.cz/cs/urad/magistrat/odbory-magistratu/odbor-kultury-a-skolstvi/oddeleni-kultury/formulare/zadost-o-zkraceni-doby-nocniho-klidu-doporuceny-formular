--- v0 (2025-10-07)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="642647B1" w14:textId="7B9742F3" w:rsidR="004D2940" w:rsidRPr="004506F2" w:rsidRDefault="00312C53" w:rsidP="004506F2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004506F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">Žádost o </w:t>
       </w:r>
       <w:r w:rsidR="00F1769E">
@@ -405,63 +405,64 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mkatabulky"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1465"/>
         <w:gridCol w:w="2915"/>
         <w:gridCol w:w="1834"/>
-        <w:gridCol w:w="1157"/>
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1583"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D03BAE" w14:paraId="710B30CB" w14:textId="77777777" w:rsidTr="00D03BAE">
+      <w:tr w:rsidR="005F42A3" w14:paraId="710B30CB" w14:textId="77777777" w:rsidTr="00C45E23">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1465" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2316ADC7" w14:textId="77777777" w:rsidR="00D03BAE" w:rsidRPr="005D2A2A" w:rsidRDefault="00D03BAE" w:rsidP="00C45E23">
+          <w:p w14:paraId="2316ADC7" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="005D2A2A" w:rsidRDefault="005F42A3" w:rsidP="00C45E23">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D2A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Název </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -470,564 +471,421 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>akc</w:t>
             </w:r>
             <w:r w:rsidRPr="005D2A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rStyle w:val="Vyplnnformule"/>
             </w:rPr>
             <w:alias w:val="Název akce"/>
             <w:tag w:val="akce_nazev"/>
             <w:id w:val="-295527255"/>
             <w:placeholder>
-              <w:docPart w:val="B38435396F5E4748A43B264E239F7124"/>
+              <w:docPart w:val="CD38A5B61B3D4D1FB6E608E8638158EC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="Standardnpsmoodstavce"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="2915" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="381579AB" w14:textId="59F7A431" w:rsidR="00D03BAE" w:rsidRDefault="00D03BAE" w:rsidP="002750B9">
+              <w:p w14:paraId="381579AB" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRDefault="00EF44B7" w:rsidP="002750B9">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="8789"/>
                   </w:tabs>
                   <w:suppressAutoHyphens/>
                   <w:ind w:hanging="18"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00EF44B7">
                   <w:rPr>
                     <w:rStyle w:val="Zstupntext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Zadejte název akce.</w:t>
                 </w:r>
-                <w:r>
-[...7 lines deleted...]
-                </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AE96ED0" w14:textId="6DA9D458" w:rsidR="00D03BAE" w:rsidRPr="00CE2F90" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+          <w:p w14:paraId="2AE96ED0" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="00CE2F90" w:rsidRDefault="005F42A3" w:rsidP="00C45E23">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Termín konání akce:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Vyplnnformule"/>
+            </w:rPr>
+            <w:alias w:val="Termín akce"/>
+            <w:tag w:val="akce_termin"/>
+            <w:id w:val="1282531964"/>
+            <w:placeholder>
+              <w:docPart w:val="E3ABF2528B4F4E4489F40C8496C2D27C"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Standardnpsmoodstavce"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1583" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="584CE54C" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="00CE2F90" w:rsidRDefault="00EF44B7" w:rsidP="00C45E23">
+                <w:pPr>
+                  <w:tabs>
+                    <w:tab w:val="left" w:pos="8789"/>
+                  </w:tabs>
+                  <w:suppressAutoHyphens/>
+                  <w:outlineLvl w:val="0"/>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:b/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00EF44B7">
+                  <w:rPr>
+                    <w:rStyle w:val="Zstupntext"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t>Uveďte</w:t>
+                </w:r>
+                <w:r>
+                  <w:rPr>
+                    <w:rStyle w:val="Zstupntext"/>
+                    <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> termín.</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1157" w:type="dxa"/>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="584CE54C" w14:textId="0FE0530A" w:rsidR="00D03BAE" w:rsidRPr="00CE2F90" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+          <w:p w14:paraId="1905763E" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="00CE2F90" w:rsidRDefault="005F42A3" w:rsidP="00C45E23">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
+              <w:ind w:left="272" w:hanging="272"/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Ročník</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Znakapoznpodarou"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...27 lines deleted...]
-              <w:p w14:paraId="0195F601" w14:textId="525D322E" w:rsidR="00D03BAE" w:rsidRPr="00CE2F90" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rStyle w:val="Vyplnnformule"/>
+            </w:rPr>
+            <w:alias w:val="Ročník akce"/>
+            <w:tag w:val="akce_rocnik"/>
+            <w:id w:val="-562868799"/>
+            <w:placeholder>
+              <w:docPart w:val="B7C9F30EC2884B778E584D4C3D2AFBCA"/>
+            </w:placeholder>
+            <w:showingPlcHdr/>
+          </w:sdtPr>
+          <w:sdtEndPr>
+            <w:rPr>
+              <w:rStyle w:val="Standardnpsmoodstavce"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+          </w:sdtEndPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="850" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0195F601" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="00CE2F90" w:rsidRDefault="000A7127" w:rsidP="002750B9">
                 <w:pPr>
                   <w:tabs>
                     <w:tab w:val="left" w:pos="8789"/>
                   </w:tabs>
                   <w:suppressAutoHyphens/>
+                  <w:ind w:hanging="105"/>
                   <w:outlineLvl w:val="0"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:b/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rStyle w:val="Zstupntext"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                   </w:rPr>
                   <w:t>Číslicí.</w:t>
                 </w:r>
               </w:p>
-            </w:sdtContent>
-[...217 lines deleted...]
-              </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00D03BAE" w14:paraId="34EF83D3" w14:textId="77777777" w:rsidTr="00C24C5D">
+      <w:tr w:rsidR="00D914C5" w14:paraId="34EF83D3" w14:textId="77777777" w:rsidTr="00C24C5D">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6214" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="555BD0EF" w14:textId="77777777" w:rsidR="00D03BAE" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+          <w:p w14:paraId="555BD0EF" w14:textId="77777777" w:rsidR="00D914C5" w:rsidRDefault="00D914C5" w:rsidP="00C45E23">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="right"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Byla akce v minulosti finančně podpořena městem / městským obvodem?     </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6B4980" w14:textId="77777777" w:rsidR="00D03BAE" w:rsidRPr="00CE2F90" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+          <w:p w14:paraId="3E6B4980" w14:textId="77777777" w:rsidR="00D914C5" w:rsidRPr="00CE2F90" w:rsidRDefault="00F1769E" w:rsidP="002750B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8789"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Vyplnnformule"/>
                 </w:rPr>
                 <w:alias w:val="Finance ano"/>
                 <w:tag w:val="finance_ano"/>
                 <w:id w:val="-1944992695"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="Vyplnnformule"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="002750B9">
                   <w:rPr>
                     <w:rStyle w:val="Vyplnnformule"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidR="002750B9">
               <w:rPr>
                 <w:rStyle w:val="Vyplnnformule"/>
               </w:rPr>
               <w:t xml:space="preserve"> ano   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Vyplnnformule"/>
                 </w:rPr>
                 <w:alias w:val="Finance ne"/>
                 <w:tag w:val="finance_ne"/>
                 <w:id w:val="983199339"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rStyle w:val="Vyplnnformule"/>
+                </w:rPr>
+              </w:sdtEndPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidR="002750B9">
                   <w:rPr>
                     <w:rStyle w:val="Vyplnnformule"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidR="002750B9">
               <w:rPr>
                 <w:rStyle w:val="Vyplnnformule"/>
               </w:rPr>
               <w:t xml:space="preserve"> ne</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="63A104B3" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRDefault="005F42A3" w:rsidP="005F42A3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="333E3912" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRPr="005F42A3" w:rsidRDefault="005F42A3" w:rsidP="005F42A3">
@@ -1676,153 +1534,153 @@
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00825D13" w:rsidSect="00424452">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1418" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="43B2DC70" w14:textId="77777777" w:rsidR="00057B66" w:rsidRDefault="00057B66" w:rsidP="00825D13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3030C0B8" w14:textId="77777777" w:rsidR="00057B66" w:rsidRDefault="00057B66" w:rsidP="00825D13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
       <w:id w:val="-57633515"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="slostrnky"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="11CEEE32" w14:textId="77777777" w:rsidR="00007B50" w:rsidRDefault="00007B50" w:rsidP="00D51937">
         <w:pPr>
           <w:pStyle w:val="Zpat"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
           </w:rPr>
         </w:pPr>
@@ -1835,51 +1693,51 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="slostrnky"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4A94A8C3" w14:textId="77777777" w:rsidR="00007B50" w:rsidRDefault="00007B50" w:rsidP="00007B50">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="61CC74FF" w14:textId="77777777" w:rsidR="00007B50" w:rsidRPr="00424452" w:rsidRDefault="00AA201F" w:rsidP="00424452">
     <w:pPr>
       <w:pStyle w:val="Zpat"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="003C69"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="678D8394" wp14:editId="3AFDA952">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="rightMargin">
             <wp:posOffset>-1847850</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="outsideMargin">
@@ -2050,95 +1908,95 @@
       <w:t>27-1649297309/0800</w:t>
     </w:r>
     <w:r w:rsidR="00424452" w:rsidRPr="00424452">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="003C69"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00AA201F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51901CE7" w14:textId="77777777" w:rsidR="00057B66" w:rsidRDefault="00057B66" w:rsidP="00825D13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5D53B393" w14:textId="77777777" w:rsidR="00057B66" w:rsidRDefault="00057B66" w:rsidP="00825D13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="2BDE5910" w14:textId="77777777" w:rsidR="00D03BAE" w:rsidRDefault="00D03BAE" w:rsidP="00D03BAE">
+    <w:p w14:paraId="30557F7D" w14:textId="77777777" w:rsidR="005F42A3" w:rsidRDefault="005F42A3" w:rsidP="005F42A3">
       <w:pPr>
         <w:pStyle w:val="Textpoznpodarou"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Znakapoznpodarou"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D41F1E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Vyplňte pouze za předpokladu, že se jedná o opakovanou akci, např. festival.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="0562B273" w14:textId="77777777" w:rsidR="00424452" w:rsidRPr="00424452" w:rsidRDefault="00424452" w:rsidP="00974C88">
     <w:pPr>
       <w:pStyle w:val="Zhlav"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00424452">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="003C69"/>
       </w:rPr>
       <w:t>Statutární město Ostrava</w:t>
     </w:r>
     <w:r w:rsidR="00974C88">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="003C69"/>
@@ -2192,51 +2050,51 @@
         <w:color w:val="003C69"/>
       </w:rPr>
       <w:t>magistrát</w:t>
     </w:r>
     <w:r w:rsidRPr="00424452">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="center" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00424452">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000404"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1658" w:hanging="240"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -7467,55 +7325,55 @@
   <w:num w:numId="44" w16cid:durableId="699740832">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="641928110">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="2093431310">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="944534897">
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="949431775">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="1917397715">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="50" w16cid:durableId="935096263">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PWbzNr4fH76QxVfkY6tZj71uOfTwTmJJ1KYY23PFdLlDG/M3YvG1wfAg4GQEivm+y8GLmxCZT4EY0c1SWCvPJg==" w:salt="PxPl9lZaYIBqkJFuDk86Vw=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="u1+ZRyAB/dKWLQWdSlJo5cbTVEhD4jQ1bI/JjWvjW/J5k4y/iN4cyMglTXHhaq3PWZrIYqjGyvzBRa8iwnd3gw==" w:salt="8JHel5kNVmSXVm66Vw2Dug=="/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridVerticalSpacing w:val="380"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF099D"/>
@@ -7525,136 +7383,129 @@
     <w:rsid w:val="00024F10"/>
     <w:rsid w:val="00024F15"/>
     <w:rsid w:val="000507A7"/>
     <w:rsid w:val="00057B66"/>
     <w:rsid w:val="00057D40"/>
     <w:rsid w:val="00084225"/>
     <w:rsid w:val="000A7127"/>
     <w:rsid w:val="000B0832"/>
     <w:rsid w:val="000B1175"/>
     <w:rsid w:val="000E1C6C"/>
     <w:rsid w:val="000F2202"/>
     <w:rsid w:val="000F600A"/>
     <w:rsid w:val="001068BC"/>
     <w:rsid w:val="001122AD"/>
     <w:rsid w:val="001137A0"/>
     <w:rsid w:val="00115B12"/>
     <w:rsid w:val="00122578"/>
     <w:rsid w:val="00125EDD"/>
     <w:rsid w:val="00136E60"/>
     <w:rsid w:val="001932F6"/>
     <w:rsid w:val="001C7E59"/>
     <w:rsid w:val="001E57DE"/>
     <w:rsid w:val="00240490"/>
     <w:rsid w:val="00254661"/>
     <w:rsid w:val="002750B9"/>
-    <w:rsid w:val="00282ABF"/>
     <w:rsid w:val="00297771"/>
     <w:rsid w:val="00297DC3"/>
     <w:rsid w:val="002A66B1"/>
     <w:rsid w:val="002B30A0"/>
     <w:rsid w:val="002E0DED"/>
     <w:rsid w:val="002E7B68"/>
     <w:rsid w:val="002F4F4E"/>
     <w:rsid w:val="003011AF"/>
     <w:rsid w:val="003043F9"/>
     <w:rsid w:val="00305109"/>
-    <w:rsid w:val="0031208F"/>
     <w:rsid w:val="00312C53"/>
     <w:rsid w:val="00320128"/>
     <w:rsid w:val="003207A3"/>
-    <w:rsid w:val="0034089A"/>
     <w:rsid w:val="00343070"/>
     <w:rsid w:val="00344ED3"/>
     <w:rsid w:val="00371D16"/>
     <w:rsid w:val="003802D2"/>
     <w:rsid w:val="003B01F8"/>
     <w:rsid w:val="003D5CF9"/>
     <w:rsid w:val="003E7291"/>
-    <w:rsid w:val="0040021C"/>
     <w:rsid w:val="00415D8A"/>
     <w:rsid w:val="00424452"/>
     <w:rsid w:val="00432B98"/>
     <w:rsid w:val="004506F2"/>
     <w:rsid w:val="00454636"/>
     <w:rsid w:val="00454EBF"/>
     <w:rsid w:val="00472ED8"/>
     <w:rsid w:val="004A20C9"/>
     <w:rsid w:val="004B64E4"/>
     <w:rsid w:val="004D2940"/>
     <w:rsid w:val="004D5774"/>
     <w:rsid w:val="00556BDF"/>
     <w:rsid w:val="00560CD5"/>
     <w:rsid w:val="005635D8"/>
     <w:rsid w:val="00585F01"/>
     <w:rsid w:val="00590CAB"/>
     <w:rsid w:val="0059180D"/>
     <w:rsid w:val="005919AA"/>
     <w:rsid w:val="00593DD3"/>
     <w:rsid w:val="005969E6"/>
     <w:rsid w:val="005A7E22"/>
     <w:rsid w:val="005D2407"/>
     <w:rsid w:val="005D2A2A"/>
     <w:rsid w:val="005F42A3"/>
-    <w:rsid w:val="005F69CA"/>
     <w:rsid w:val="00613995"/>
     <w:rsid w:val="00623671"/>
     <w:rsid w:val="00652880"/>
     <w:rsid w:val="006557FD"/>
     <w:rsid w:val="00682541"/>
     <w:rsid w:val="006A4F84"/>
     <w:rsid w:val="006A549A"/>
     <w:rsid w:val="006D1A69"/>
     <w:rsid w:val="006E7110"/>
     <w:rsid w:val="006F06B2"/>
     <w:rsid w:val="00717822"/>
     <w:rsid w:val="00731650"/>
     <w:rsid w:val="00731E6C"/>
-    <w:rsid w:val="00735C10"/>
     <w:rsid w:val="007A3B41"/>
     <w:rsid w:val="007D28A5"/>
     <w:rsid w:val="007E5B7C"/>
     <w:rsid w:val="007E60BA"/>
     <w:rsid w:val="0080552B"/>
     <w:rsid w:val="00821FB3"/>
     <w:rsid w:val="00825D13"/>
     <w:rsid w:val="00837CCD"/>
     <w:rsid w:val="008409DB"/>
     <w:rsid w:val="00851AD6"/>
     <w:rsid w:val="00867298"/>
     <w:rsid w:val="0088523D"/>
     <w:rsid w:val="008B7635"/>
     <w:rsid w:val="008C1A29"/>
     <w:rsid w:val="008C62BE"/>
     <w:rsid w:val="008D0480"/>
     <w:rsid w:val="008D5E21"/>
     <w:rsid w:val="00930357"/>
     <w:rsid w:val="00941A24"/>
     <w:rsid w:val="00962B69"/>
     <w:rsid w:val="00974C88"/>
     <w:rsid w:val="00990340"/>
-    <w:rsid w:val="00997C7C"/>
     <w:rsid w:val="009A1CD8"/>
     <w:rsid w:val="009A7E3C"/>
     <w:rsid w:val="009B0FA8"/>
     <w:rsid w:val="009D26D6"/>
     <w:rsid w:val="009D6FEE"/>
     <w:rsid w:val="009E4036"/>
     <w:rsid w:val="00A06833"/>
     <w:rsid w:val="00A272B4"/>
     <w:rsid w:val="00A27AA7"/>
     <w:rsid w:val="00A4543B"/>
     <w:rsid w:val="00A45BA4"/>
     <w:rsid w:val="00A5285E"/>
     <w:rsid w:val="00A73335"/>
     <w:rsid w:val="00A74D76"/>
     <w:rsid w:val="00A778D2"/>
     <w:rsid w:val="00A8308D"/>
     <w:rsid w:val="00A860FC"/>
     <w:rsid w:val="00A94C60"/>
     <w:rsid w:val="00AA201F"/>
     <w:rsid w:val="00AB54B4"/>
     <w:rsid w:val="00AC7161"/>
     <w:rsid w:val="00AC7D9B"/>
     <w:rsid w:val="00AF1C26"/>
     <w:rsid w:val="00B1613B"/>
     <w:rsid w:val="00B2633B"/>
@@ -7662,51 +7513,50 @@
     <w:rsid w:val="00B55F44"/>
     <w:rsid w:val="00B57A8B"/>
     <w:rsid w:val="00B66F08"/>
     <w:rsid w:val="00B83B35"/>
     <w:rsid w:val="00B91A28"/>
     <w:rsid w:val="00BA7074"/>
     <w:rsid w:val="00BB190A"/>
     <w:rsid w:val="00BB3042"/>
     <w:rsid w:val="00BC4261"/>
     <w:rsid w:val="00BD6221"/>
     <w:rsid w:val="00C04FB2"/>
     <w:rsid w:val="00C225D8"/>
     <w:rsid w:val="00C23886"/>
     <w:rsid w:val="00C35FB9"/>
     <w:rsid w:val="00C446D1"/>
     <w:rsid w:val="00C63E11"/>
     <w:rsid w:val="00C66663"/>
     <w:rsid w:val="00C71E0D"/>
     <w:rsid w:val="00C83A97"/>
     <w:rsid w:val="00C86983"/>
     <w:rsid w:val="00CB0CED"/>
     <w:rsid w:val="00CE2F90"/>
     <w:rsid w:val="00CE5956"/>
     <w:rsid w:val="00CF5E29"/>
     <w:rsid w:val="00CF76C8"/>
-    <w:rsid w:val="00D03BAE"/>
     <w:rsid w:val="00D317BA"/>
     <w:rsid w:val="00D41F1E"/>
     <w:rsid w:val="00D6529A"/>
     <w:rsid w:val="00D671C3"/>
     <w:rsid w:val="00D720FA"/>
     <w:rsid w:val="00D768AF"/>
     <w:rsid w:val="00D914C5"/>
     <w:rsid w:val="00D93E97"/>
     <w:rsid w:val="00D94D9F"/>
     <w:rsid w:val="00DB6B4B"/>
     <w:rsid w:val="00DC29B4"/>
     <w:rsid w:val="00DF08F1"/>
     <w:rsid w:val="00DF525D"/>
     <w:rsid w:val="00E230F3"/>
     <w:rsid w:val="00E40131"/>
     <w:rsid w:val="00E41BCE"/>
     <w:rsid w:val="00E52CEC"/>
     <w:rsid w:val="00E53A88"/>
     <w:rsid w:val="00E756F3"/>
     <w:rsid w:val="00EB1440"/>
     <w:rsid w:val="00EF099D"/>
     <w:rsid w:val="00EF44B7"/>
     <w:rsid w:val="00F1769E"/>
     <w:rsid w:val="00F23EA1"/>
     <w:rsid w:val="00F40C3F"/>
@@ -7725,51 +7575,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="30EB7602"/>
   <w14:defaultImageDpi w14:val="32767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DE0DD3A9-888E-473E-88E5-4C10EBAB6482}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8804,51 +8654,51 @@
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00057D40"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Vyplnnformule">
     <w:name w:val="Vyplnění formuláře"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00057D40"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:divs>
     <w:div w:id="57174018">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1874806836">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -9501,542 +9351,472 @@
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ostrava.cz/cs/urad/magistrat/odbory-magistratu/odbor-kultury-a-skolstvi/oddeleni-kultury/oblast-kultury/vymezeni-cinnosti/Pravidla14.9.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\vujtkovasy\Documents\formular_nocni_klid.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="86FE17CB805A487F896D2E8107B53AB7"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{27EC004F-C8CC-4103-A351-42E2E5DF5A57}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E2524E" w:rsidRDefault="00510A6B" w:rsidP="00510A6B">
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
           <w:pPr>
-            <w:pStyle w:val="86FE17CB805A487F896D2E8107B53AB72"/>
+            <w:pStyle w:val="86FE17CB805A487F896D2E8107B53AB71"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF44B7">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             </w:rPr>
             <w:t>Zadejte název organizace</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="18CB4004B25B4399AEBF87F72EDA9F55"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1DE874A9-CC48-4F29-90EC-721011CBBB24}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E2524E" w:rsidRDefault="00510A6B" w:rsidP="00510A6B">
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
           <w:pPr>
-            <w:pStyle w:val="18CB4004B25B4399AEBF87F72EDA9F552"/>
+            <w:pStyle w:val="18CB4004B25B4399AEBF87F72EDA9F551"/>
           </w:pPr>
           <w:r w:rsidRPr="00EF44B7">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Uveďte celé jméno statutárního zástupce.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CD38A5B61B3D4D1FB6E608E8638158EC"/>
+        <w:category>
+          <w:name w:val="Obecné"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A759A822-B804-4B24-A59A-259BA2F9DF94}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
+          <w:pPr>
+            <w:pStyle w:val="CD38A5B61B3D4D1FB6E608E8638158EC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EF44B7">
+            <w:rPr>
+              <w:rStyle w:val="Zstupntext"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Zadejte název akce.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="E3ABF2528B4F4E4489F40C8496C2D27C"/>
+        <w:category>
+          <w:name w:val="Obecné"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{A445F3EE-F1AD-441F-BEF3-199CE9878457}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
+          <w:pPr>
+            <w:pStyle w:val="E3ABF2528B4F4E4489F40C8496C2D27C1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00EF44B7">
+            <w:rPr>
+              <w:rStyle w:val="Zstupntext"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Uveďte</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Zstupntext"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> termín.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="B7C9F30EC2884B778E584D4C3D2AFBCA"/>
+        <w:category>
+          <w:name w:val="Obecné"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8F856F59-DBF4-46B3-B234-A5AC4854193B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
+          <w:pPr>
+            <w:pStyle w:val="B7C9F30EC2884B778E584D4C3D2AFBCA1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Zstupntext"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Číslicí.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="32562ABA2D6442F48A2BAE1F8D2035EB"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9B5AC22A-A9F2-45A2-81FA-6ADD92D567BB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E2524E" w:rsidRDefault="00510A6B" w:rsidP="00510A6B">
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
           <w:pPr>
-            <w:pStyle w:val="32562ABA2D6442F48A2BAE1F8D2035EB2"/>
+            <w:pStyle w:val="32562ABA2D6442F48A2BAE1F8D2035EB1"/>
           </w:pPr>
           <w:r w:rsidRPr="000A7127">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Uveďte konkrétně rozmezí požadovaného zkrácení, u požadavku na zkrácení nočního klidu u více dní uvádějte jednotlivě u každého dne.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB0C86E8CB444BD2BFA48BD2DDE29BA2"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3B0C1A0C-F2C2-4735-BA2C-10761D656DFD}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E2524E" w:rsidRDefault="00510A6B" w:rsidP="00510A6B">
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
           <w:pPr>
-            <w:pStyle w:val="CB0C86E8CB444BD2BFA48BD2DDE29BA22"/>
+            <w:pStyle w:val="CB0C86E8CB444BD2BFA48BD2DDE29BA21"/>
           </w:pPr>
           <w:r w:rsidRPr="000A7127">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Uveďte zdůvodnění významnosti vaší akce.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4061CD28EC60461F8F025D57A00268F0"/>
         <w:category>
           <w:name w:val="Obecné"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{BC421F18-C5D2-4EFE-974B-34EE83A19C8F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00E2524E" w:rsidRDefault="00510A6B" w:rsidP="00510A6B">
+        <w:p w:rsidR="00E2524E" w:rsidRDefault="00E2524E" w:rsidP="00E2524E">
           <w:pPr>
-            <w:pStyle w:val="4061CD28EC60461F8F025D57A00268F02"/>
+            <w:pStyle w:val="4061CD28EC60461F8F025D57A00268F0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">Vyberte </w:t>
           </w:r>
           <w:r w:rsidRPr="00F1769E">
             <w:rPr>
               <w:rStyle w:val="Zstupntext"/>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>datum.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...171 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian">
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB1873"/>
-    <w:rsid w:val="0031208F"/>
-    <w:rsid w:val="00510A6B"/>
     <w:rsid w:val="00A45BA4"/>
     <w:rsid w:val="00AB1873"/>
     <w:rsid w:val="00E2524E"/>
     <w:rsid w:val="00E41BCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10424,54 +10204,75 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Bezseznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Zstupntext">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00510A6B"/>
+    <w:rsid w:val="00E2524E"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="86FE17CB805A487F896D2E8107B53AB7">
+    <w:name w:val="86FE17CB805A487F896D2E8107B53AB7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="18CB4004B25B4399AEBF87F72EDA9F55">
+    <w:name w:val="18CB4004B25B4399AEBF87F72EDA9F55"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD38A5B61B3D4D1FB6E608E8638158EC">
+    <w:name w:val="CD38A5B61B3D4D1FB6E608E8638158EC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3ABF2528B4F4E4489F40C8496C2D27C">
+    <w:name w:val="E3ABF2528B4F4E4489F40C8496C2D27C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7C9F30EC2884B778E584D4C3D2AFBCA">
+    <w:name w:val="B7C9F30EC2884B778E584D4C3D2AFBCA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="32562ABA2D6442F48A2BAE1F8D2035EB">
+    <w:name w:val="32562ABA2D6442F48A2BAE1F8D2035EB"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB0C86E8CB444BD2BFA48BD2DDE29BA2">
+    <w:name w:val="CB0C86E8CB444BD2BFA48BD2DDE29BA2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="86FE17CB805A487F896D2E8107B53AB71">
     <w:name w:val="86FE17CB805A487F896D2E8107B53AB71"/>
     <w:rsid w:val="00E2524E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="18CB4004B25B4399AEBF87F72EDA9F551">
     <w:name w:val="18CB4004B25B4399AEBF87F72EDA9F551"/>
     <w:rsid w:val="00E2524E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
@@ -10533,345 +10334,55 @@
     <w:name w:val="CB0C86E8CB444BD2BFA48BD2DDE29BA21"/>
     <w:rsid w:val="00E2524E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4061CD28EC60461F8F025D57A00268F0">
     <w:name w:val="4061CD28EC60461F8F025D57A00268F0"/>
     <w:rsid w:val="00E2524E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFAA6DA24B414777847B86397559B04A">
-[...288 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -11112,80 +10623,80 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF5D0503-430C-1A4B-BAE8-AE3DAD0A1767}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>formular_nocni_klid.dotx</Template>
+  <Template>formular_nocni_klid</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>936</Characters>
+  <Words>153</Words>
+  <Characters>908</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1092</CharactersWithSpaces>
+  <CharactersWithSpaces>1059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vůjtková Sylvie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>