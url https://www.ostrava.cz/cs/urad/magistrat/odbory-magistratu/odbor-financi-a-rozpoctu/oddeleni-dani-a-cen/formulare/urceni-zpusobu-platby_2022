--- v0 (2025-10-12)
+++ v1 (2026-03-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5D05C31F" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="411B526E" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50361B74" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRPr="00162324" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:before="12" w:line="220" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46C814A5" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00162324">
@@ -16432,162 +16432,87 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> sekci Úřad – Činnosti úřadu – Osobní údaje (GDPR). </w:t>
       </w:r>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Zpracování výše uvedených osobních údajů bude probíhat po dobu trvání účelu zpracování osobních údajů a následně budou uloženy po dobu 10 let.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0206B7" w14:textId="77777777" w:rsidR="003D25F7" w:rsidRDefault="003D25F7" w:rsidP="003D25F7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Tento souhlas poskytuji dobrovolně a jsem si vědom, že jej mohu kdykoli odvolat, aniž by tím byla dotčena zákonnost zpracování před jeho odvoláním, a to osobně na adrese správce, nebo doručením písemného oznámení na uvedenou adresu, případně prostřednictvím datové schránky nebo na uvedený e-mail (nutný zaručený elektronický podpis).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FE2568" w14:textId="77777777" w:rsidR="003031D5" w:rsidRDefault="003D25F7" w:rsidP="003031D5">
+    <w:p w14:paraId="2EC8845B" w14:textId="77777777" w:rsidR="003D25F7" w:rsidRDefault="003D25F7" w:rsidP="003D25F7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontaktní údaje odpovědné osoby působící u správce osobních údajů za pověřence na ochranu osobních údajů v době získání souhlasu ze strany subjektu údajů: </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">e-mail: </w:t>
+        <w:t xml:space="preserve">Kontaktní údaje odpovědné osoby působící u správce osobních údajů za pověřence na ochranu osobních údajů v době získání souhlasu ze strany subjektu údajů: Ing. Petr Štětka, e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003031D5" w:rsidRPr="00B41639">
+        <w:r w:rsidRPr="00450E42">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>martin.valdauf@pkfapogeo.cz</w:t>
+          <w:t>petr.stetka@moore-czech.cz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003031D5" w:rsidRPr="00444ABE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00450E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="003031D5">
-[...36 lines deleted...]
-      <w:r w:rsidR="003031D5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> tel. č.: +420 227 031 495.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8A63DC" w14:textId="07EDD922" w:rsidR="003D25F7" w:rsidRPr="001E67D4" w:rsidRDefault="003D25F7" w:rsidP="003D25F7">
+    <w:p w14:paraId="5D8A63DC" w14:textId="77777777" w:rsidR="003D25F7" w:rsidRPr="001E67D4" w:rsidRDefault="003D25F7" w:rsidP="003D25F7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Osoba pověřence na ochranu osobních údajů se může v průběhu zpracování osobních údajů změnit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2125CFBB" w14:textId="77777777" w:rsidR="003D25F7" w:rsidRDefault="003D25F7" w:rsidP="003D25F7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4483"/>
         </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -16682,124 +16607,125 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: _________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23CFFF67" w14:textId="77777777" w:rsidR="004657BE" w:rsidRPr="00894F78" w:rsidRDefault="004657BE" w:rsidP="00894F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5910"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004657BE" w:rsidRPr="00894F78">
       <w:pgSz w:w="11905" w:h="16840"/>
       <w:pgMar w:top="1580" w:right="720" w:bottom="1740" w:left="720" w:header="671" w:footer="1559" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E249BBE" w14:textId="77777777" w:rsidR="00E263B7" w:rsidRDefault="00E263B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="113BD074" w14:textId="77777777" w:rsidR="00E263B7" w:rsidRDefault="00E263B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7E680C20" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00864C92">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C4866B3" wp14:editId="4098A2BD">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5208905</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10085070</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1821815" cy="247015"/>
           <wp:effectExtent l="0" t="0" r="6985" b="635"/>
           <wp:wrapNone/>
@@ -17541,178 +17467,178 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>7</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>2930</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="490A9859" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="007038D8">
+                        <w:p w14:paraId="490A9859" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="003D25F7">
                           <w:pPr>
                             <w:spacing w:before="24"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId2">
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>ww</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>w</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>str</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>v</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>c</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>z</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="368377C2" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="007038D8">
                           <w:pPr>
                             <w:spacing w:line="180" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
@@ -19586,70 +19512,70 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>800</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="06B0402A" w14:textId="77777777" w:rsidR="00E263B7" w:rsidRDefault="00E263B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="61DE6A0C" w14:textId="77777777" w:rsidR="00E263B7" w:rsidRDefault="00E263B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="4C129771" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00864C92">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="600AB31D" wp14:editId="15864FA1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5861050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>413385</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1183005" cy="279400"/>
@@ -20989,51 +20915,51 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:w w:val="105"/>
                         <w:sz w:val="19"/>
                         <w:szCs w:val="19"/>
                       </w:rPr>
                       <w:t>tu</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E271BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="688ACE68"/>
     <w:lvl w:ilvl="0" w:tplc="EC4A6D84">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-12"/>
         <w:w w:val="102"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E19CC346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -21085,142 +21011,139 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7F6CE18A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08FAD73E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="490561926">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF2093"/>
     <w:rsid w:val="00162324"/>
     <w:rsid w:val="00172723"/>
-    <w:rsid w:val="003031D5"/>
     <w:rsid w:val="00365DCF"/>
     <w:rsid w:val="003D25F7"/>
     <w:rsid w:val="004657BE"/>
-    <w:rsid w:val="004924DE"/>
     <w:rsid w:val="005161BC"/>
     <w:rsid w:val="006A0CE9"/>
     <w:rsid w:val="007038D8"/>
     <w:rsid w:val="0071433C"/>
     <w:rsid w:val="007C3006"/>
     <w:rsid w:val="00834837"/>
     <w:rsid w:val="00864C92"/>
     <w:rsid w:val="00894F78"/>
-    <w:rsid w:val="00A4049B"/>
     <w:rsid w:val="00AC0710"/>
     <w:rsid w:val="00B42455"/>
     <w:rsid w:val="00C121AE"/>
     <w:rsid w:val="00D43ABA"/>
     <w:rsid w:val="00E14158"/>
     <w:rsid w:val="00E263B7"/>
     <w:rsid w:val="00ED207A"/>
     <w:rsid w:val="00EF2093"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="053AA465"/>
   <w15:docId w15:val="{8A2191D4-5C35-4667-98BB-86DBF1E714B3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -21794,58 +21717,58 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Zkladntext2Char">
     <w:name w:val="Základní text 2 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zkladntext2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004657BE"/>
     <w:rPr>
       <w:lang w:val="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="004657BE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.valdauf@pkfapogeo.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petr.stetka@moore-czech.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -22112,75 +22035,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D02D31B-5F8E-4F5B-BBC6-7DBC93AA66D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>463</Words>
-  <Characters>2734</Characters>
+  <Words>459</Words>
+  <Characters>2709</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Registrace_k_poplatku_za_komunalni_odpad_-_eMIA[1].fo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3191</CharactersWithSpaces>
+  <CharactersWithSpaces>3162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Registrace_k_poplatku_za_komunalni_odpad_-_eMIA[1].fo</dc:title>
   <dc:creator>pieczkama</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>