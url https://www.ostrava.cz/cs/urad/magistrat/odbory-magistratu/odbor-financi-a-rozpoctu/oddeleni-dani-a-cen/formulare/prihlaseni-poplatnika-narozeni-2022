--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="14675BD2" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C3A4002" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:line="200" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41B679D3" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRPr="00162324" w:rsidRDefault="00EF2093">
       <w:pPr>
         <w:spacing w:before="12" w:line="220" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="106C591D" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00617B03">
@@ -545,51 +545,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4006A67D" id="Group 264" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:22.1pt;width:512pt;height:.1pt;z-index:-251680768;mso-position-horizontal-relative:page" coordorigin="833,442" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEcsw6+gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pWnTGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZCduumJAV6AJbVKHh4cUc3G57VqyEcY2SuY0OYopEZKropFVTn8s&#10;bz+dUWIdkwVrlRQ5fRKWXi7ev7vodSZSVau2EIYAiLRZr3NaO6ezKLK8Fh2zR0oLCc5SmY45eDRV&#10;VBjWA3rXRmkcn0a9MoU2igtr4e11cNKFxy9Lwd33srTCkTanwM35T+M/V/gZLS5YVhmm64YPNNgb&#10;WHSskZB0B3XNHCNr07yA6hpulFWlO+Kqi1RZNlz4GqCaJD6o5s6otfa1VFlf6Z1MIO2BTm+G5d82&#10;d0Y/6gcT2IN5r/hPC7pEva6yqR+fqxBMVv1XVUA/2dopX/i2NB1CQElk6/V92ukrto5weHl6Eqez&#10;GNrAwZek80F+XkOP8NDZ8TEl4JrN0tAYXt8MRxM8GQ56X8SykNGzHFhh12GM7F4p+39KPdZMC98A&#10;i0o8GNIUOU3nCSWSdVD+rRECh5OkpydIGfND4KinnYo58WCYBc3/KeMLRUYpX9WDZXxt3Z1Qvhts&#10;c29dmPECLN/jYuC+BD3LroVx//iJxARS4f9wI3ZBUGoI+hCRZUx6EjIPmCNUOkZ5qCSJ5+nfwKC9&#10;e7B0Cgb9rEaGrB5J860cWINFGO6U2E+bVhYHZgnsxjEDBAjCCl+JDbPlZ26MDd9DCgPL4nBNGEpg&#10;TayCKJo5ZIYp0CQ9DLEfS3zTqY1YKu9zBxcAsuy9rZxGwfnj82c1BD8cwRRwCYPh0yLbSW+lum3a&#10;1jeilUgmjY/TII9VbVOgF/lYU62uWkM2DHeg/8N6AO1ZGOwaWXi0WrDiZrAda9pgQ3wL8sJ9C7Mb&#10;hn2liieYY6PCZoVfAjBqZX5T0sNWzan9tWZGUNJ+kXAZz5MZXmPnH2Ync+BLzNSzmnqY5ACVU0eh&#10;92heubC619o0VQ2ZEj8NUn2GNVQ2OOmeX2A1PMA+8JbfoWA9W9LTZx+1/1Va/AEAAP//AwBQSwME&#10;FAAGAAgAAAAhAA5o4X/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;pIlaYjalFPVUBFtBvE2z0yQ0Oxuy2yT9925Oepz3Hm++l68n04qBetdYVhAvIhDEpdUNVwq+Dm8P&#10;KxDOI2tsLZOCKzlYF7c3OWbajvxJw95XIpSwy1BB7X2XSenKmgy6he2Ig3eyvUEfzr6SuscxlJtW&#10;LqPoSRpsOHyosaNtTeV5fzEK3kccN0n8OuzOp+315/D48b2LSan7u2nzAsLT5P/CMOMHdCgC09Fe&#10;WDvRKlglSUgqSNMliNmPo+egHGclBVnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAEcsw6+gIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAOaOF/3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="44C5A8C2" id="Group 264" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:22.1pt;width:512pt;height:.1pt;z-index:-251680768;mso-position-horizontal-relative:page" coordorigin="833,442" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAEcsw6+gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pWnTGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZCduumJAV6AJbVKHh4cUc3G57VqyEcY2SuY0OYopEZKropFVTn8s&#10;bz+dUWIdkwVrlRQ5fRKWXi7ev7vodSZSVau2EIYAiLRZr3NaO6ezKLK8Fh2zR0oLCc5SmY45eDRV&#10;VBjWA3rXRmkcn0a9MoU2igtr4e11cNKFxy9Lwd33srTCkTanwM35T+M/V/gZLS5YVhmm64YPNNgb&#10;WHSskZB0B3XNHCNr07yA6hpulFWlO+Kqi1RZNlz4GqCaJD6o5s6otfa1VFlf6Z1MIO2BTm+G5d82&#10;d0Y/6gcT2IN5r/hPC7pEva6yqR+fqxBMVv1XVUA/2dopX/i2NB1CQElk6/V92ukrto5weHl6Eqez&#10;GNrAwZek80F+XkOP8NDZ8TEl4JrN0tAYXt8MRxM8GQ56X8SykNGzHFhh12GM7F4p+39KPdZMC98A&#10;i0o8GNIUOU3nCSWSdVD+rRECh5OkpydIGfND4KinnYo58WCYBc3/KeMLRUYpX9WDZXxt3Z1Qvhts&#10;c29dmPECLN/jYuC+BD3LroVx//iJxARS4f9wI3ZBUGoI+hCRZUx6EjIPmCNUOkZ5qCSJ5+nfwKC9&#10;e7B0Cgb9rEaGrB5J860cWINFGO6U2E+bVhYHZgnsxjEDBAjCCl+JDbPlZ26MDd9DCgPL4nBNGEpg&#10;TayCKJo5ZIYp0CQ9DLEfS3zTqY1YKu9zBxcAsuy9rZxGwfnj82c1BD8cwRRwCYPh0yLbSW+lum3a&#10;1jeilUgmjY/TII9VbVOgF/lYU62uWkM2DHeg/8N6AO1ZGOwaWXi0WrDiZrAda9pgQ3wL8sJ9C7Mb&#10;hn2liieYY6PCZoVfAjBqZX5T0sNWzan9tWZGUNJ+kXAZz5MZXmPnH2Ync+BLzNSzmnqY5ACVU0eh&#10;92heubC619o0VQ2ZEj8NUn2GNVQ2OOmeX2A1PMA+8JbfoWA9W9LTZx+1/1Va/AEAAP//AwBQSwME&#10;FAAGAAgAAAAhAA5o4X/eAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvd&#10;pIlaYjalFPVUBFtBvE2z0yQ0Oxuy2yT9925Oepz3Hm++l68n04qBetdYVhAvIhDEpdUNVwq+Dm8P&#10;KxDOI2tsLZOCKzlYF7c3OWbajvxJw95XIpSwy1BB7X2XSenKmgy6he2Ig3eyvUEfzr6SuscxlJtW&#10;LqPoSRpsOHyosaNtTeV5fzEK3kccN0n8OuzOp+315/D48b2LSan7u2nzAsLT5P/CMOMHdCgC09Fe&#10;WDvRKlglSUgqSNMliNmPo+egHGclBVnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQAEcsw6+gIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAOaOF/3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 265" o:spid="_x0000_s1027" style="position:absolute;left:833;top:442;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCo8ZwvxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvC75DGMEbqdldsT9bo1hB7E0LVR9g2Ew3wc1k2aS6+vSmIPTycOZ8Z8582btGnKgL1rOCfJKB&#10;IK68tlwrOOw3jy8gQkTW2HgmBRcKsFwMHuZYan/mbzrtYi0ShEOJCkyMbSllqAw5DBPfEifvx3cO&#10;Y5JdLXWH5wR3jSyy7Ek6tJwaDLa0NlQdd78uvVHP7KupzMVOZ5S/f27H12L6pdRo2K/eQETq4//x&#10;Pf2hFRTPOfyNSQSQixsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqPGcL8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="00071B28">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -756,51 +756,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="136F4AC8" id="Group 262" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251679744;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsVKV2+gIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk0eERc36x61qyFcY2SuY0OYopEZKropFVTn+s&#10;bj6dUmIdkwVrlRQ5fRSWXizfvzvvdSZSVau2EIZAEmmzXue0dk5nUWR5LTpmj5QWEpylMh1zsDRV&#10;VBjWQ/aujdI4nke9MoU2igtr4e1VcNKlz1+WgrvvZWmFI21OAZvzT+Ofa3xGy3OWVYbpuuEDDPYG&#10;FB1rJBTdp7pijpGNaV6k6hpulFWlO+Kqi1RZNlz4M8BpkvjgNLdGbbQ/S5X1ld7TBNQe8PTmtPzb&#10;9tboB31vAnow7xT/aYGXqNdVNvXjugrBZN1/VQX0k22c8gfflabDFHAksvP8Pu75FTtHOLycn8Tp&#10;cQxt4OBL0sVAP6+hR7jpdDajBFyz+DQ0htfXw9YEd4aNKfoiloWKHuWACrsOMrJPTNn/Y+qhZlr4&#10;Blhk4t6QpshpOj+jRLIOjn9jhEBxknQ+Q1hYHwJHPu2UzIkHwyxw/k8aXzAyUvkqHyzjG+tuhfLd&#10;YNs764LGC7B8j4sB+wr4LLsW5P7xE4kJlMLvcCP2QckY9CEiq5j0JFQeco6p0jHKp0qSeJH+LRm0&#10;N1TEZOk0GfSzGhGyegTNd3JADRZhOFNirzatLApmBehGmUEGCMITvhIbtOU1N8aG36GEgWFxOCYM&#10;JTAm1oEUzRwiwxJokh5E7GWJbzq1FSvlfe7gAkCVJ28rp1GwfwZimpwh+GELlvA635dFtJPeSnXT&#10;tK1vRCsRzGI2X3h2rGqbAp0Ix5pqfdkasmU4Av1nuEDPwmDUyMInqwUrrgfbsaYNNhRvgV24bkG6&#10;QetrVTyCjI0KgxX+CMColflNSQ9DNaf214YZQUn7RcJdPEuO8RY7vzg+WaSwMFPPeuphkkOqnDoK&#10;rUfz0oXJvdGmqWqolPjjSvUZplDZoNA9voBqWMA48JYfoWA9m9HTtY96+lNa/gEAAP//AwBQSwME&#10;FAAGAAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N&#10;5Jq2wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798f&#10;FyBCNGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr&#10;5ZNSL9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/&#10;JhtEq2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBsVKV2+gIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="0044E361" id="Group 262" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251679744;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsVKV2+gIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk0eERc36x61qyFcY2SuY0OYopEZKropFVTn+s&#10;bj6dUmIdkwVrlRQ5fRSWXizfvzvvdSZSVau2EIZAEmmzXue0dk5nUWR5LTpmj5QWEpylMh1zsDRV&#10;VBjWQ/aujdI4nke9MoU2igtr4e1VcNKlz1+WgrvvZWmFI21OAZvzT+Ofa3xGy3OWVYbpuuEDDPYG&#10;FB1rJBTdp7pijpGNaV6k6hpulFWlO+Kqi1RZNlz4M8BpkvjgNLdGbbQ/S5X1ld7TBNQe8PTmtPzb&#10;9tboB31vAnow7xT/aYGXqNdVNvXjugrBZN1/VQX0k22c8gfflabDFHAksvP8Pu75FTtHOLycn8Tp&#10;cQxt4OBL0sVAP6+hR7jpdDajBFyz+DQ0htfXw9YEd4aNKfoiloWKHuWACrsOMrJPTNn/Y+qhZlr4&#10;Blhk4t6QpshpOj+jRLIOjn9jhEBxknQ+Q1hYHwJHPu2UzIkHwyxw/k8aXzAyUvkqHyzjG+tuhfLd&#10;YNs764LGC7B8j4sB+wr4LLsW5P7xE4kJlMLvcCP2QckY9CEiq5j0JFQeco6p0jHKp0qSeJH+LRm0&#10;N1TEZOk0GfSzGhGyegTNd3JADRZhOFNirzatLApmBehGmUEGCMITvhIbtOU1N8aG36GEgWFxOCYM&#10;JTAm1oEUzRwiwxJokh5E7GWJbzq1FSvlfe7gAkCVJ28rp1GwfwZimpwh+GELlvA635dFtJPeSnXT&#10;tK1vRCsRzGI2X3h2rGqbAp0Ix5pqfdkasmU4Av1nuEDPwmDUyMInqwUrrgfbsaYNNhRvgV24bkG6&#10;QetrVTyCjI0KgxX+CMColflNSQ9DNaf214YZQUn7RcJdPEuO8RY7vzg+WaSwMFPPeuphkkOqnDoK&#10;rUfz0oXJvdGmqWqolPjjSvUZplDZoNA9voBqWMA48JYfoWA9m9HTtY96+lNa/gEAAP//AwBQSwME&#10;FAAGAAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N&#10;5Jq2wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798f&#10;FyBCNGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr&#10;5ZNSL9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/&#10;JhtEq2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQBsVKV2+gIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 263" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsqpZdxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5Qne6kahsU1dpQiFUKhi2kO9PbKvSWj2bdxdY/z3riB4HGbmG2axGkwrenK+saxgOklA&#10;EJdWN1wp+Pn+eHoB4QOyxtYyKTiTh9Xy8WGBmbYn3lFfhEpECPsMFdQhdJmUvqzJoJ/Yjjh6f9YZ&#10;DFG6SmqHpwg3rZwlSSoNNhwXauxoXVP5XxyNAlk9t7j7mm+K33ybfh72etjPg1Lj0fD+BiLQEO7h&#10;WzvXCmbpK1zPxCMglxcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbKqWXcYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".20464mm">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -1044,51 +1044,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="05E5E084" id="Group 260" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251678720;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBT1s7K+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DSdLyiRrIP0b4wQ2JwknScIC+OD4cinnZI50aCZBc7/SeMLRkYqX+WDZXxj3a1Qvhps&#10;e2dd6PECJF/jYsC+Aj7LroV2//iJxARC4X+4EXujZDT6EJFVTHoSIg8+R1fpaOVdJUm8SP/mDMob&#10;IqKzdOoM6lmNCFk9guY7OaAGiTCcKbHvNq0sNswK0I1tBh7ACDN8xTb0lu+50Ta8hxAGhsXhmDCU&#10;wJhYB1I0c4gMQ6BIemhi35a406mtWCmvcwcXAKI8aVs5tYLzs7NnOQQ9HMEQvs/3YRHtpLZS3TRt&#10;6wvRSgSzmM3nnh2r2qZAJcKxplpftoZsGY5A/xsu0DMzGDWy8M5qwYrrQXasaYMMwVtgF65baN3Q&#10;62tVPEIbGxUGK3wIQKiV+U1JD0M1p/bXhhlBSftFwl08S47xFju/OD5ZpLAwU816qmGSg6ucOgql&#10;R/HShcm90aapaoiU+HSl+gxTqGyw0T2+gGpYwDjwkh+hID2b0dO1t3r6KC3/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA/3+tu94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb43k&#10;mrbBsRxCaHsKhSaF0ptibWwTa2UsxXb+vptTc9yZYfZNvppcKwbsQ+NJQzJXIJBKbxuqNHzv3x8X&#10;IEI0ZE3rCTVcMMCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw9x0Se0ffOxP57CtpezNyuWvl&#10;k1Iv0pmG+ENtOtzUWJ52Z6fhYzTjOk3ehu3puLn87p8/f7YJav0wm9ZLEBGn+B+GKz6jQ8FMB38m&#10;G0SrYZGmnNSQKl5w9RP1ysqBlUSBLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFPWzsr5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAP9/rbveAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="014F0D6D" id="Group 260" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251678720;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBT1s7K+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DSdLyiRrIP0b4wQ2JwknScIC+OD4cinnZI50aCZBc7/SeMLRkYqX+WDZXxj3a1Qvhps&#10;e2dd6PECJF/jYsC+Aj7LroV2//iJxARC4X+4EXujZDT6EJFVTHoSIg8+R1fpaOVdJUm8SP/mDMob&#10;IqKzdOoM6lmNCFk9guY7OaAGiTCcKbHvNq0sNswK0I1tBh7ACDN8xTb0lu+50Ta8hxAGhsXhmDCU&#10;wJhYB1I0c4gMQ6BIemhi35a406mtWCmvcwcXAKI8aVs5tYLzs7NnOQQ9HMEQvs/3YRHtpLZS3TRt&#10;6wvRSgSzmM3nnh2r2qZAJcKxplpftoZsGY5A/xsu0DMzGDWy8M5qwYrrQXasaYMMwVtgF65baN3Q&#10;62tVPEIbGxUGK3wIQKiV+U1JD0M1p/bXhhlBSftFwl08S47xFju/OD5ZpLAwU816qmGSg6ucOgql&#10;R/HShcm90aapaoiU+HSl+gxTqGyw0T2+gGpYwDjwkh+hID2b0dO1t3r6KC3/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA/3+tu94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb43k&#10;mrbBsRxCaHsKhSaF0ptibWwTa2UsxXb+vptTc9yZYfZNvppcKwbsQ+NJQzJXIJBKbxuqNHzv3x8X&#10;IEI0ZE3rCTVcMMCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw9x0Se0ffOxP57CtpezNyuWvl&#10;k1Iv0pmG+ENtOtzUWJ52Z6fhYzTjOk3ehu3puLn87p8/f7YJav0wm9ZLEBGn+B+GKz6jQ8FMB38m&#10;G0SrYZGmnNSQKl5w9RP1ysqBlUSBLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AFPWzsr5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAP9/rbveAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 261" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBX33gRwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hvAVvmlpEl2qURRC82vXPHp/Nsy02L6WJtfXTb4SFPQ4z8xtmtelMJVpqXGlZwXQSgSDO&#10;rC45V3D83o0/QTiPrLGyTAp6crBZDwcrTLR98oHa1OciQNglqKDwvk6kdFlBBt3E1sTBu9nGoA+y&#10;yaVu8BngppJxFM2lwZLDQoE1bQvK7unDKOC+naXxpXd6Kq+SXufqZ5eelBp9dF9LEJ46/x/+a++1&#10;gni+gPeZcATk+hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX33gRwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
@@ -1357,51 +1357,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4409F52C" id="Group 256" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251676672;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXEMKa+QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk0eERc36xayXZCmMbrXKaHMWUCMV10agqpz9W&#10;N59OKbGOqYJJrUROH4WlF8v37877LhOprrUshCGQRNms73JaO9dlUWR5LVpmj3QnFDhLbVrmYGmq&#10;qDCsh+ytjNI4Pol6bYrOaC6shbdXwUmXPn9ZCu6+l6UVjsicAjbnn8Y/1/iMlucsqwzr6oYPMNgb&#10;ULSsUVB0n+qKOUY2pnmRqm240VaX7ojrNtJl2XDhzwCnSeKD09waven8Waqsr7o9TUDtAU9vTsu/&#10;bW9N99Ddm4AezDvNf1rgJeq7Kpv6cV2FYLLuv+oC+sk2TvuD70rTYgo4Etl5fh/3/IqdIxxenhzH&#10;6TyGNnDwJelioJ/X0CPcdDqbUQKu2dk8NIbX18PWBHeGjSn6IpaFih7lgAq7DjKyT0zZ/2PqoWad&#10;8A2wyMS9IU2R0/QEYCrWwvFvjBAoTpIeLxAW1ofAkU87JXPiwTALnP+TxheMjFS+ygfL+Ma6W6F9&#10;N9j2zrqg8QIs3+NiwL4CPstWgtw/fiIxgVL4HW7EPigZgz5EZBWTnoTKQ84xVTpG+VRJEi/SvyUD&#10;3kJFTJZOk0E/qxEhq0fQfKcG1GARhjMl9mrrtEXBrADdKDPIAEF4wldig7a85sbY8DuUMDAsDseE&#10;oQTGxDqQ0jGHyLAEmqQHEXtZ4ptWb8VKe587uABQ5ckr1TQK9s/Onp0h+GELlvA635dFtJPeKn3T&#10;SOkbIRWCSeNZGuixWjYFehGPNdX6UhqyZTgD/We4Qc/CYNaowmerBSuuB9uxRgYbqkugF+5b0G4Q&#10;+1oXj6Bjo8NkhX8CMGptflPSw1TNqf21YUZQIr8ouIxnyRyvsfOL+fEC8BIz9aynHqY4pMqpo9B7&#10;NC9dGN2bzjRVDZUSrwalP8MYKhtUuscXUA0LmAfe8jMUrGdDerr2UU//Sss/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA6162M98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgT&#10;AqUNcaqqAk4VEi0S6m0bb5Oo8TqK3ST9e5wTHHdmNPsmW42mET11rrasIJ5FIIgLq2suFXzv3x8W&#10;IJxH1thYJgVXcrDKb28yTLUd+Iv6nS9FKGGXooLK+zaV0hUVGXQz2xIH72Q7gz6cXSl1h0MoN418&#10;jKK5NFhz+FBhS5uKivPuYhR8DDisk/it355Pm+th//z5s41Jqfu7cf0KwtPo/8Iw4Qd0yAPT0V5Y&#10;O9EoWCRJSCpIlk8gJj+OXoJynJQ5yDyT/xfkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDXEMKa+QIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDrXrYz3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="72C1DF56" id="Group 256" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251676672;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDXEMKa+QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk0eERc36xayXZCmMbrXKaHMWUCMV10agqpz9W&#10;N59OKbGOqYJJrUROH4WlF8v37877LhOprrUshCGQRNms73JaO9dlUWR5LVpmj3QnFDhLbVrmYGmq&#10;qDCsh+ytjNI4Pol6bYrOaC6shbdXwUmXPn9ZCu6+l6UVjsicAjbnn8Y/1/iMlucsqwzr6oYPMNgb&#10;ULSsUVB0n+qKOUY2pnmRqm240VaX7ojrNtJl2XDhzwCnSeKD09waven8Waqsr7o9TUDtAU9vTsu/&#10;bW9N99Ddm4AezDvNf1rgJeq7Kpv6cV2FYLLuv+oC+sk2TvuD70rTYgo4Etl5fh/3/IqdIxxenhzH&#10;6TyGNnDwJelioJ/X0CPcdDqbUQKu2dk8NIbX18PWBHeGjSn6IpaFih7lgAq7DjKyT0zZ/2PqoWad&#10;8A2wyMS9IU2R0/QEYCrWwvFvjBAoTpIeLxAW1ofAkU87JXPiwTALnP+TxheMjFS+ygfL+Ma6W6F9&#10;N9j2zrqg8QIs3+NiwL4CPstWgtw/fiIxgVL4HW7EPigZgz5EZBWTnoTKQ84xVTpG+VRJEi/SvyUD&#10;3kJFTJZOk0E/qxEhq0fQfKcG1GARhjMl9mrrtEXBrADdKDPIAEF4wldig7a85sbY8DuUMDAsDseE&#10;oQTGxDqQ0jGHyLAEmqQHEXtZ4ptWb8VKe587uABQ5ckr1TQK9s/Onp0h+GELlvA635dFtJPeKn3T&#10;SOkbIRWCSeNZGuixWjYFehGPNdX6UhqyZTgD/We4Qc/CYNaowmerBSuuB9uxRgYbqkugF+5b0G4Q&#10;+1oXj6Bjo8NkhX8CMGptflPSw1TNqf21YUZQIr8ouIxnyRyvsfOL+fEC8BIz9aynHqY4pMqpo9B7&#10;NC9dGN2bzjRVDZUSrwalP8MYKhtUuscXUA0LmAfe8jMUrGdDerr2UU//Sss/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA6162M98AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KgT&#10;AqUNcaqqAk4VEi0S6m0bb5Oo8TqK3ST9e5wTHHdmNPsmW42mET11rrasIJ5FIIgLq2suFXzv3x8W&#10;IJxH1thYJgVXcrDKb28yTLUd+Iv6nS9FKGGXooLK+zaV0hUVGXQz2xIH72Q7gz6cXSl1h0MoN418&#10;jKK5NFhz+FBhS5uKivPuYhR8DDisk/it355Pm+th//z5s41Jqfu7cf0KwtPo/8Iw4Qd0yAPT0V5Y&#10;O9EoWCRJSCpIlk8gJj+OXoJynJQ5yDyT/xfkvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDXEMKa+QIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDrXrYz3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 257" o:spid="_x0000_s1027" style="position:absolute;left:833;top:394;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCytjEexQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvC75DGKE3oll3UXQ1Slso7Y2CPw8wbMZNcDNZNqmuffqmUOjl4cz5zpz1tneNuFEXrGcF00kG&#10;grjy2nKt4Hx6Hy9AhIissfFMCh4UYLsZPK2x1P7OB7odYy0ShEOJCkyMbSllqAw5DBPfEifv4juH&#10;McmulrrDe4K7RuZZNpcOLacGgy29Gaquxy+X3qhndmkq87DFjKavu4/Rd17slXoe9i8rEJH6+H/8&#10;l/7UCvJ5Ab9jEgHk5gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCytjEexQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -1795,51 +1795,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="676C9B5A" id="Group 254" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:512pt;height:.1pt;z-index:-251675648;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDl48iY+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKHxJU3SGnWKoTcM&#10;6LYCzT5AkeULJkuapMRpv36UZCduumJAFyA2JVLk4SFFX1zuWo62TJtGihwnkxgjJqgsGlHl+Ofq&#10;9uQMI2OJKAiXguX4iRl8ufz44aJTGUtlLXnBNAInwmSdynFtrcqiyNCatcRMpGIClKXULbGw1FVU&#10;aNKB95ZHaRzPo07qQmlJmTGwex2UeOn9lyWj9kdZGmYRzzFgs/6p/XPtntHygmSVJqpuaA+DvANF&#10;SxoBQfeuroklaKObV67ahmppZGknVLaRLMuGMp8DZJPER9ncablRPpcq6yq1pwmoPeLp3W7p9+2d&#10;Vo/qQQf0IN5L+ssAL1Gnqmysd+sqGKN1900WUE+ysdInvit161xASmjn+X3a88t2FlHYnM/i9DSG&#10;MlDQJemip5/WUCN36Gw6xQhU0+QsFIbWN/3RxJ0MB1Oni0gWInqUPSpXdWgjc2DK/B9TjzVRzBfA&#10;OCYeNGqKHKfzBCNBWkj/VjPmmhOls5mD5eKD4cCnGZM50jgzA5z/k8ZXjAxUvskHyejG2DsmfTXI&#10;9t7Y0OMFSL7GRY99BXyWLYd2/3yCYgSh3L+/EXsjSDUYfYrQKkYdCpF7n4OrdLDyrpIkXqR/cwbl&#10;PThLx86gntWAkNQDaLoTPWqQEHEzJfbdpqRxDbMCdEObgQcwchm+YRt6y/fcYBvefQgNw+J4TGiM&#10;YEysAymKWIfMhXAi6qCJfVu6nVZu2Up6nT26ABDloOVibAXnp+cvcgh6OOJC+D7fh3VoR7UV8rbh&#10;3BeCCwdmMZ3PPTtG8qZwSgfH6Gp9xTXaEjcC/a+/QC/MYNSIwjurGSluetmShgcZgnNgF65baN3Q&#10;62tZPEEbaxkGK3wIQKilfsaog6GaY/N7QzTDiH8VcBfPk1N3i61fnM4WKSz0WLMea4ig4CrHFkPp&#10;nXhlw+TeKN1UNURKfLpCfoEpVDau0T2+gKpfwDjwkh+hIL2Y0eO1tzp8lJZ/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA18+Mmd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb43k&#10;mLbBsRxCaHsKhSaFkptibWwTa2UsxXb+vptTe9yZYfZNvppcKwbsQ+NJQzJTIJBKbxuqNHzv358W&#10;IEI0ZE3rCTVcMcCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw8x0SeyffOxP57CtpezNyuWvl&#10;XKkX6UxD/KE2HW5qLM+7i9PwMZpxnSZvw/Z82lwP++fPn22CWj8+TOsliIhT/AvDDZ/RoWCmo7+Q&#10;DaLVsEhTTmpIE15w8xP1ysqRlbkCWeTy/4LiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOXjyJj5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANfPjJneAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="3F348755" id="Group 254" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:512pt;height:.1pt;z-index:-251675648;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDl48iY+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKHxJU3SGnWKoTcM&#10;6LYCzT5AkeULJkuapMRpv36UZCduumJAFyA2JVLk4SFFX1zuWo62TJtGihwnkxgjJqgsGlHl+Ofq&#10;9uQMI2OJKAiXguX4iRl8ufz44aJTGUtlLXnBNAInwmSdynFtrcqiyNCatcRMpGIClKXULbGw1FVU&#10;aNKB95ZHaRzPo07qQmlJmTGwex2UeOn9lyWj9kdZGmYRzzFgs/6p/XPtntHygmSVJqpuaA+DvANF&#10;SxoBQfeuroklaKObV67ahmppZGknVLaRLMuGMp8DZJPER9ncablRPpcq6yq1pwmoPeLp3W7p9+2d&#10;Vo/qQQf0IN5L+ssAL1Gnqmysd+sqGKN1900WUE+ysdInvit161xASmjn+X3a88t2FlHYnM/i9DSG&#10;MlDQJemip5/WUCN36Gw6xQhU0+QsFIbWN/3RxJ0MB1Oni0gWInqUPSpXdWgjc2DK/B9TjzVRzBfA&#10;OCYeNGqKHKfzBCNBWkj/VjPmmhOls5mD5eKD4cCnGZM50jgzA5z/k8ZXjAxUvskHyejG2DsmfTXI&#10;9t7Y0OMFSL7GRY99BXyWLYd2/3yCYgSh3L+/EXsjSDUYfYrQKkYdCpF7n4OrdLDyrpIkXqR/cwbl&#10;PThLx86gntWAkNQDaLoTPWqQEHEzJfbdpqRxDbMCdEObgQcwchm+YRt6y/fcYBvefQgNw+J4TGiM&#10;YEysAymKWIfMhXAi6qCJfVu6nVZu2Up6nT26ABDloOVibAXnp+cvcgh6OOJC+D7fh3VoR7UV8rbh&#10;3BeCCwdmMZ3PPTtG8qZwSgfH6Gp9xTXaEjcC/a+/QC/MYNSIwjurGSluetmShgcZgnNgF65baN3Q&#10;62tZPEEbaxkGK3wIQKilfsaog6GaY/N7QzTDiH8VcBfPk1N3i61fnM4WKSz0WLMea4ig4CrHFkPp&#10;nXhlw+TeKN1UNURKfLpCfoEpVDau0T2+gKpfwDjwkh+hIL2Y0eO1tzp8lJZ/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA18+Mmd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb43k&#10;mLbBsRxCaHsKhSaFkptibWwTa2UsxXb+vptTe9yZYfZNvppcKwbsQ+NJQzJTIJBKbxuqNHzv358W&#10;IEI0ZE3rCTVcMcCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw8x0SeyffOxP57CtpezNyuWvl&#10;XKkX6UxD/KE2HW5qLM+7i9PwMZpxnSZvw/Z82lwP++fPn22CWj8+TOsliIhT/AvDDZ/RoWCmo7+Q&#10;DaLVsEhTTmpIE15w8xP1ysqRlbkCWeTy/4LiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AOXjyJj5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANfPjJneAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 255" o:spid="_x0000_s1027" style="position:absolute;left:833;top:318;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC3ekX+wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba8adoiIl2jyIKwV+u/Pb5t3rbF5qU0sbZ+eiMIHoeZ+Q2zXPemFh21rrKsIJ5GIIhz&#10;qysuFBz228kChPPIGmvLpGAgB+vVx2iJqbY33lGX+UIECLsUFZTeN6mULi/JoJvahjh4/7Y16INs&#10;C6lbvAW4qWUSRXNpsOKwUGJD3yXll+xqFPDQzbLkPDgdyz9J91P9u82OSo0/+80XCE+9f4df7R+t&#10;IJnH8DwTjoBcPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC3ekX+wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
@@ -2184,51 +2184,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6F30794D" id="Group 252" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:512pt;height:.1pt;z-index:-251674624;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpGLX++gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JU0vRp1i6A0D&#10;uq1Asw9QZPmCyZInKXHarx8p2ambrhjQBYhDmRR5dHjEnF9sW0k2wthGq5wmhzElQnFdNKrK6c/l&#10;zcEpJdYxVTCplcjpo7D0YvHxw3nfZSLVtZaFMASSKJv1XU5r57osiiyvRcvsoe6EAmepTcscLE0V&#10;FYb1kL2VURrHx1GvTdEZzYW18PYqOOnC5y9Lwd2PsrTCEZlTwOb80/jnCp/R4pxllWFd3fABBnsH&#10;ipY1CoruUl0xx8jaNK9StQ032urSHXLdRrosGy78GeA0Sbx3mluj150/S5X1VbejCajd4+ndafn3&#10;za3pHrp7E9CDeaf5Lwu8RH1XZVM/rqsQTFb9N11AP9naaX/wbWlaTAFHIlvP7+OOX7F1hMPL43mc&#10;HsXQBg6+JD0Z6Oc19Ag3nc5mlIBrlpyGxvD6etia4M6wMUVfxLJQ0aMcUGHXQUb2mSn7f0w91KwT&#10;vgEWmbg3pClyms7PKFGshePfGCFQnCSdzxAW1ofAkU87JXPiwTALnP+TxleMjFS+yQfL+Nq6W6F9&#10;N9jmzrqg8QIs3+NiwL4EPstWgtw/H5CYQCn8DjdiF5SMQZ8isoxJT0LlIeeYKh2jfKokiU/SvyWD&#10;9oaKmCydJoN+ViNCVo+g+VYNqMEiDGdK7NXWaYuCWQK6UWaQAYLwhG/EBm15zY2x4XcoYWBY7I8J&#10;QwmMiVUgpWMOkWEJNEkPIvayxDet3oil9j63dwGgyrNXqmkU7J+BmCZnCH7YgiW8zndlEe2kt0rf&#10;NFL6RkiFYNJ4lgZ6rJZNgV7EY021upSGbBjOQP8ZbtCLMJg1qvDZasGK68F2rJHBhuoS6IX7FrQb&#10;xL7SxSPo2OgwWeGfAIxamydKepiqObW/18wISuRXBZfxLDnCa+z84mh+AniJmXpWUw9THFLl1FHo&#10;PZqXLozudWeaqoZKiVeD0l9gDJUNKt3jC6iGBcwDb/kZCtaLIT1d+6jnf6XFHwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANfPjJneAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+N&#10;5Ji2wbEcQmh7CoUmhZKbYm1sE2tlLMV2/r6bU3vcmWH2Tb6aXCsG7EPjSUMyUyCQSm8bqjR879+f&#10;FiBCNGRN6wk1XDHAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPMdEnsn3zsT+ewraXszcrlr&#10;5VypF+lMQ/yhNh1uaizPu4vT8DGacZ0mb8P2fNpcD/vnz59tglo/PkzrJYiIU/wLww2f0aFgpqO/&#10;kA2i1bBIU05qSBNecPMT9crKkZW5Alnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCpGLX++gIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDXz4yZ3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="1CE77235" id="Group 252" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:512pt;height:.1pt;z-index:-251674624;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpGLX++gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JU0vRp1i6A0D&#10;uq1Asw9QZPmCyZInKXHarx8p2ambrhjQBYhDmRR5dHjEnF9sW0k2wthGq5wmhzElQnFdNKrK6c/l&#10;zcEpJdYxVTCplcjpo7D0YvHxw3nfZSLVtZaFMASSKJv1XU5r57osiiyvRcvsoe6EAmepTcscLE0V&#10;FYb1kL2VURrHx1GvTdEZzYW18PYqOOnC5y9Lwd2PsrTCEZlTwOb80/jnCp/R4pxllWFd3fABBnsH&#10;ipY1CoruUl0xx8jaNK9StQ032urSHXLdRrosGy78GeA0Sbx3mluj150/S5X1VbejCajd4+ndafn3&#10;za3pHrp7E9CDeaf5Lwu8RH1XZVM/rqsQTFb9N11AP9naaX/wbWlaTAFHIlvP7+OOX7F1hMPL43mc&#10;HsXQBg6+JD0Z6Oc19Ag3nc5mlIBrlpyGxvD6etia4M6wMUVfxLJQ0aMcUGHXQUb2mSn7f0w91KwT&#10;vgEWmbg3pClyms7PKFGshePfGCFQnCSdzxAW1ofAkU87JXPiwTALnP+TxleMjFS+yQfL+Nq6W6F9&#10;N9jmzrqg8QIs3+NiwL4EPstWgtw/H5CYQCn8DjdiF5SMQZ8isoxJT0LlIeeYKh2jfKokiU/SvyWD&#10;9oaKmCydJoN+ViNCVo+g+VYNqMEiDGdK7NXWaYuCWQK6UWaQAYLwhG/EBm15zY2x4XcoYWBY7I8J&#10;QwmMiVUgpWMOkWEJNEkPIvayxDet3oil9j63dwGgyrNXqmkU7J+BmCZnCH7YgiW8zndlEe2kt0rf&#10;NFL6RkiFYNJ4lgZ6rJZNgV7EY021upSGbBjOQP8ZbtCLMJg1qvDZasGK68F2rJHBhuoS6IX7FrQb&#10;xL7SxSPo2OgwWeGfAIxamydKepiqObW/18wISuRXBZfxLDnCa+z84mh+AniJmXpWUw9THFLl1FHo&#10;PZqXLozudWeaqoZKiVeD0l9gDJUNKt3jC6iGBcwDb/kZCtaLIT1d+6jnf6XFHwAAAP//AwBQSwME&#10;FAAGAAgAAAAhANfPjJneAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+N&#10;5Ji2wbEcQmh7CoUmhZKbYm1sE2tlLMV2/r6bU3vcmWH2Tb6aXCsG7EPjSUMyUyCQSm8bqjR879+f&#10;FiBCNGRN6wk1XDHAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPMdEnsn3zsT+ewraXszcrlr&#10;5VypF+lMQ/yhNh1uaizPu4vT8DGacZ0mb8P2fNpcD/vnz59tglo/PkzrJYiIU/wLww2f0aFgpqO/&#10;kA2i1bBIU05qSBNecPMT9crKkZW5Alnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCpGLX++gIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDXz4yZ3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFQFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 253" o:spid="_x0000_s1027" style="position:absolute;left:833;top:318;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdMsxJxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RawIx&#10;EITfC/0PYQt9Ec15ckVPo2ih2BcFrT9guayX4GVzXFI9/fVNodDHYXa+2VmseteIK3XBelYwHmUg&#10;iCuvLdcKTl8fwymIEJE1Np5JwZ0CrJbPTwsstb/xga7HWIsE4VCiAhNjW0oZKkMOw8i3xMk7+85h&#10;TLKrpe7wluCukXmWvUmHllODwZbeDVWX47dLb9SFnZnK3O2koPFmtx088sleqdeXfj0HEamP/8d/&#10;6U+tIC9m8DsmEUAufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAdMsxJxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Obec</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-5"/>
@@ -2564,51 +2564,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="06C9A0EE" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.55pt;margin-top:3.6pt;width:512pt;height:20.65pt;z-index:-251633664;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuL1tpgAMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tO3DAQfa/Uf7D82Krksjc2YhdV3FSJ&#10;tkhsP8DrOBc1sV3bu1n69R3bSQgLqIWi9gUkwjgzHs+cmTkOR8e7ukJbpnQp+AJHByFGjFORljxf&#10;4G+r8w+HGGlDeEoqwdkC3zCNj5dv3xw1MmGxKESVMoXACddJIxe4MEYmQaBpwWqiD4RkHJSZUDUx&#10;sFR5kCrSgPe6CuIwnAaNUKlUgjKt4e2pV+Kl859ljJqvWaaZQdUCQ2zGPZV7ru0zWB6RJFdEFiVt&#10;wyDPiKImJYdDe1enxBC0UeU9V3VJldAiMwdU1IHIspIylwNkE4V72VwosZEulzxpctnDBNDu4fRs&#10;t/TL9kLJa3mlfPQgXgr6XQMuQSPzZKi369wbo3XzWaRQT7IxwiW+y1RtXUBKaOfwvenxZTuDKLyc&#10;TsJ4HEIZKOjiaTyaj3wBaAFVstsORyOMQDkeR53mrN0c2b1+6/hwYrUBSfypLtI2Mlv5NkwvQgZX&#10;CpUpnBjHGHFSQ9gOWRRPXAPs52mr+FI43Euow2KQTtyl+iQQ3K5HIYBp0rcNo/+uYa4LIpnrQ20b&#10;oocTauXhPFeM2RkFRF3dGukMu7bSw54aaKyZhtb7bTf9MYo9HiShG20umHBNSbaX2vhRT0FyrZ62&#10;sa+gqbK6gql//wGFCI6yv74keW8UdUbvArQKUYN8/VqfnSvor4GrKApn8UPOADdvZp3FQ2cQf95F&#10;SIouaLrjbdQgIWKpNXRDJ4W2U7OC6LppAw9gZDN8xNYPmGv8ztb/bY9QwJn7bKkwArZce1AkMTYy&#10;e4QVUQO872bTvqnFlq2E05k9HoBTbrUVH1rB/tH8Tg5eD1vsEW7U+2NttIPacnFeVpUrRMVtMHE4&#10;ij08WlRlarU2Hq3y9Uml0JbYq8D9tCRyxwwol6fOW8FIetbKhpSVl+H0CuAFyvG9a0lGJ2uR3kAf&#10;K+EvGLgQQSiE+olRA5fLAusfG6IYRtUnDsM4j8aWy4xbjCcziBepoWY91BBOwdUCGwy1t+KJ8TfY&#10;RqoyL+CkyHUDFx+BjbPSdrqLz0fVLoAPnHSHHB3R3ePJybQb7JYno6mF6l/w5Dwe+y57Ak/2e2jx&#10;wGXx/3lyMuvgvOXJaOYRHbAhtOhL8WSPyGMoQhd3F/Zwll55Egin5dRXnnzlSfgKbDkTPr9BuvN9&#10;P1w7q9t/aJa/AAAA//8DAFBLAwQUAAYACAAAACEAab/YLN8AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KjjQiANcaqqAk4VEi0S6m2bbJOo8TqK3ST9e9wTHGdnNPM2W06m&#10;FQP1rrGsQc0iEMSFLRuuNHzv3h8SEM4jl9haJg0XcrDMb28yTEs78hcNW1+JUMIuRQ21910qpStq&#10;MuhmtiMO3tH2Bn2QfSXLHsdQblo5j6JnabDhsFBjR+uaitP2bDR8jDiuHtXbsDkd15f9Lv782SjS&#10;+v5uWr2C8DT5vzBc8QM65IHpYM9cOtFqSGIVkhpe5iCutooW4XDQ8JTEIPNM/n8g/wUAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAuL1tpgAMAABgNAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpv9gs3wAAAAgBAAAPAAAAAAAAAAAAAAAAANoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA5gYAAAAA&#10;">
+              <v:group w14:anchorId="6F51AD14" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.55pt;margin-top:3.6pt;width:512pt;height:20.65pt;z-index:-251633664;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAuL1tpgAMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tO3DAQfa/Uf7D82Krksjc2YhdV3FSJ&#10;tkhsP8DrOBc1sV3bu1n69R3bSQgLqIWi9gUkwjgzHs+cmTkOR8e7ukJbpnQp+AJHByFGjFORljxf&#10;4G+r8w+HGGlDeEoqwdkC3zCNj5dv3xw1MmGxKESVMoXACddJIxe4MEYmQaBpwWqiD4RkHJSZUDUx&#10;sFR5kCrSgPe6CuIwnAaNUKlUgjKt4e2pV+Kl859ljJqvWaaZQdUCQ2zGPZV7ru0zWB6RJFdEFiVt&#10;wyDPiKImJYdDe1enxBC0UeU9V3VJldAiMwdU1IHIspIylwNkE4V72VwosZEulzxpctnDBNDu4fRs&#10;t/TL9kLJa3mlfPQgXgr6XQMuQSPzZKi369wbo3XzWaRQT7IxwiW+y1RtXUBKaOfwvenxZTuDKLyc&#10;TsJ4HEIZKOjiaTyaj3wBaAFVstsORyOMQDkeR53mrN0c2b1+6/hwYrUBSfypLtI2Mlv5NkwvQgZX&#10;CpUpnBjHGHFSQ9gOWRRPXAPs52mr+FI43Euow2KQTtyl+iQQ3K5HIYBp0rcNo/+uYa4LIpnrQ20b&#10;oocTauXhPFeM2RkFRF3dGukMu7bSw54aaKyZhtb7bTf9MYo9HiShG20umHBNSbaX2vhRT0FyrZ62&#10;sa+gqbK6gql//wGFCI6yv74keW8UdUbvArQKUYN8/VqfnSvor4GrKApn8UPOADdvZp3FQ2cQf95F&#10;SIouaLrjbdQgIWKpNXRDJ4W2U7OC6LppAw9gZDN8xNYPmGv8ztb/bY9QwJn7bKkwArZce1AkMTYy&#10;e4QVUQO872bTvqnFlq2E05k9HoBTbrUVH1rB/tH8Tg5eD1vsEW7U+2NttIPacnFeVpUrRMVtMHE4&#10;ij08WlRlarU2Hq3y9Uml0JbYq8D9tCRyxwwol6fOW8FIetbKhpSVl+H0CuAFyvG9a0lGJ2uR3kAf&#10;K+EvGLgQQSiE+olRA5fLAusfG6IYRtUnDsM4j8aWy4xbjCcziBepoWY91BBOwdUCGwy1t+KJ8TfY&#10;RqoyL+CkyHUDFx+BjbPSdrqLz0fVLoAPnHSHHB3R3ePJybQb7JYno6mF6l/w5Dwe+y57Ak/2e2jx&#10;wGXx/3lyMuvgvOXJaOYRHbAhtOhL8WSPyGMoQhd3F/Zwll55Egin5dRXnnzlSfgKbDkTPr9BuvN9&#10;P1w7q9t/aJa/AAAA//8DAFBLAwQUAAYACAAAACEAab/YLN8AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3KjjQiANcaqqAk4VEi0S6m2bbJOo8TqK3ST9e9wTHGdnNPM2W06m&#10;FQP1rrGsQc0iEMSFLRuuNHzv3h8SEM4jl9haJg0XcrDMb28yTEs78hcNW1+JUMIuRQ21910qpStq&#10;MuhmtiMO3tH2Bn2QfSXLHsdQblo5j6JnabDhsFBjR+uaitP2bDR8jDiuHtXbsDkd15f9Lv782SjS&#10;+v5uWr2C8DT5vzBc8QM65IHpYM9cOtFqSGIVkhpe5iCutooW4XDQ8JTEIPNM/n8g/wUAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAuL1tpgAMAABgNAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBpv9gs3wAAAAgBAAAPAAAAAAAAAAAAAAAAANoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA5gYAAAAA&#10;">
                 <v:group id="Group 250" o:spid="_x0000_s1027" style="position:absolute;left:833;top:441;width:10240;height:2" coordorigin="833,441" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEypysxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJviWyXhuBGCSE0pQdTiB0ovS3WxjaxVsZS/PP2VaHQ4zAz3zDb/WRaMVDvGssK4lUE&#10;gri0uuFKwaU4LTcgnEfW2FomBTM52O8eFltMtR35TEPuKxEg7FJUUHvfpVK6siaDbmU74uBdbW/Q&#10;B9lXUvc4BrhpZRJFa2mw4bBQY0fHmspbfjcK3kccD8/x25Ddrsf5u3j5/MpiUurpcTq8gvA0+f/w&#10;X/tDK0iSBH7PhCMgdz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARMqcrMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 251" o:spid="_x0000_s1028" style="position:absolute;left:833;top:441;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAk3IjexQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RawIx&#10;EITfC/6HsEJfiua8w6KnUdpCsS8Vqv6A5bJegpfNcUn19Nc3gtDHYXa+2Vmue9eIM3XBelYwGWcg&#10;iCuvLdcKDvvP0QxEiMgaG8+k4EoB1qvB0xJL7S/8Q+ddrEWCcChRgYmxLaUMlSGHYexb4uQdfecw&#10;JtnVUnd4SXDXyDzLXqVDy6nBYEsfhqrT7telN+qpnZvKXG0xpcn79+bllhdbpZ6H/dsCRKQ+/h8/&#10;0l9aQZ4XcB+TCCBXfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAk3IjexQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 216" o:spid="_x0000_s1029" style="position:absolute;left:833;top:924;width:10240;height:2" coordorigin="833,924" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBj9+nSxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba4NA&#10;FITvhf6H5RVya1ZTlGKzEQltySEUYgqlt4f7ohL3rbhbNf8+GyjkOMzMN8w6n00nRhpca1lBvIxA&#10;EFdWt1wr+D5+PL+CcB5ZY2eZFFzIQb55fFhjpu3EBxpLX4sAYZehgsb7PpPSVQ0ZdEvbEwfvZAeD&#10;PsihlnrAKcBNJ1dRlEqDLYeFBnvaNlSdyz+j4HPCqXiJ38f9+bS9/B6Tr599TEotnubiDYSn2d/D&#10;/+2dVrBKUridCUdAbq4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAY/fp0sYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 217" o:spid="_x0000_s1030" style="position:absolute;left:833;top:924;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAD4f2gxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EIvJZHj4Py4UUJaKOklgfw8wGJtLVFrZSw1cfr0UaHQ4zA73+ws171rxIW6YD0rGI8y&#10;EMSV15ZrBefT+3AOIkRkjY1nUnCjAOvV4GGJpfZXPtDlGGuRIBxKVGBibEspQ2XIYRj5ljh5n75z&#10;GJPsaqk7vCa4a2SeZVPp0HJqMNjSm6Hq6/jt0ht1YRemMjc7KWj8uts+/+STvVJPj/3mBUSkPv4f&#10;/6U/tIK8mMHvmEQAuboDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAA+H9oMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCE09B9" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRPr="00E14158" w:rsidRDefault="00E14158" w:rsidP="00E14158">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="377"/>
         </w:tabs>
         <w:ind w:right="179"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Impact" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2746,51 +2746,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="19C12E3A" id="Group 213" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251672576;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu0PmT+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jedQrU2ijuLAW3l4FJV16/2UpuPtellY40uYUsDn/NP65xme0PGdZZZiuGz7AYG9A&#10;0bFGQtC9qyvmGNmY5oWrruFGWVW6I666SJVlw4XPAbJJ4oNsbo3aaJ9LlfWV3tME1B7w9Ga3/Nv2&#10;1ugHfW8CehDvFP9pgZeo11U21eO5CsZk3X9VBdSTbZzyie9K06ELSInsPL+Pe37FzhEOL+cncXoc&#10;Qxk46JJ0MdDPa6gRXjqdzSgB1Sw+DYXh9fVwNcGb4WKKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNAYlkHaR/Y4TA5iRpcoywMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwryKLsWmj3j59ITCAUfoeJ2Bslo9GHiKxi0pMQefA5ukpHK+8qSeJF+jdnUN4Q&#10;EZ2lU2dQz2pEyOoRNN/JATVIhOFOiX23aWWxYVaAbmwz8ABGmOErtqG3fM+NtuF3CGFgWRyuCUMJ&#10;rIl1IEUzh8gwBIqkhyb2bYlvOrUVK+V17mAAIMqTtpVTK7g/O3uWQ9DDFQzh+3wfFtFOaivVTdO2&#10;vhCtRDCL2Xzu2bGqbQpUIhxrqvVla8iW4Qr0n2GAnpnBqpGFd1YLVlwPsmNNG2QI3gK7MG6hdUOv&#10;r1XxCG1sVFis8EcAQq3Mb0p6WKo5tb82zAhK2i8SZvEsOcYpdv5wfLLAQTJTzXqqYZKDq5w6CqVH&#10;8dKFzb3RpqlqiJT4dKX6DFuobLDRPb6AajjAOvCSX6EgPdvR07O3evpTWv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;7tD5k/gCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
+              <v:group w14:anchorId="6D267830" id="Group 213" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251672576;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu0PmT+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jedQrU2ijuLAW3l4FJV16/2UpuPtellY40uYUsDn/NP65xme0PGdZZZiuGz7AYG9A&#10;0bFGQtC9qyvmGNmY5oWrruFGWVW6I666SJVlw4XPAbJJ4oNsbo3aaJ9LlfWV3tME1B7w9Ga3/Nv2&#10;1ugHfW8CehDvFP9pgZeo11U21eO5CsZk3X9VBdSTbZzyie9K06ELSInsPL+Pe37FzhEOL+cncXoc&#10;Qxk46JJ0MdDPa6gRXjqdzSgB1Sw+DYXh9fVwNcGb4WKKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNAYlkHaR/Y4TA5iRpcoywMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwryKLsWmj3j59ITCAUfoeJ2Bslo9GHiKxi0pMQefA5ukpHK+8qSeJF+jdnUN4Q&#10;EZ2lU2dQz2pEyOoRNN/JATVIhOFOiX23aWWxYVaAbmwz8ABGmOErtqG3fM+NtuF3CGFgWRyuCUMJ&#10;rIl1IEUzh8gwBIqkhyb2bYlvOrUVK+V17mAAIMqTtpVTK7g/O3uWQ9DDFQzh+3wfFtFOaivVTdO2&#10;vhCtRDCL2Xzu2bGqbQpUIhxrqvVla8iW4Qr0n2GAnpnBqpGFd1YLVlwPsmNNG2QI3gK7MG6hdUOv&#10;r1XxCG1sVFis8EcAQq3Mb0p6WKo5tb82zAhK2i8SZvEsOcYpdv5wfLLAQTJTzXqqYZKDq5w6CqVH&#10;8dKFzb3RpqlqiJT4dKX6DFuobLDRPb6AajjAOvCSX6EgPdvR07O3evpTWv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;7tD5k/gCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
                 <v:shape id="Freeform 214" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBOXFmlvgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4grsxtYgM1SgiCG6t42N5ba5tsbkpTaytXz9ZCC4P571cd6YSLTWutKxgOolAEGdWl5wr&#10;+Dvufn5BOI+ssbJMCnpysF4NB0tMtH3xgdrU5yKEsEtQQeF9nUjpsoIMuomtiQN3t41BH2CTS93g&#10;K4SbSsZRNJcGSw4NBda0LSh7pE+jgPt2lsaX3umpvEl6n6vrLj0pNR51mwUIT53/ij/uvVYQx2F+&#10;OBOOgFz9AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE5cWaW+AAAA3AAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -2964,51 +2964,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7BE6F752" id="Group 211" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251671552;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQcsdI+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jedQrU2ijuLAW3l4FJV16/2UpuPtellY40uYUsDn/NP65xme0PGdZZZiuGz7AYG9A&#10;0bFGQtC9qyvmGNmY5oWrruFGWVW6I666SJVlw4XPAbJJ4oNsbo3aaJ9LlfWV3tME1B7w9Ga3/Nv2&#10;1ugHfW8CehDvFP9pgZeo11U21eO5CsZk3X9VBdSTbZzyie9K06ELSInsPL+Pe37FzhEOL+cncXoc&#10;Qxk46JJ0MdDPa6gRXjqdzSgB1Sw+DYXh9fVwNcGb4WKKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNoKkl6yD9GyMENidJEw8L44PhyKedkjnRoJkFzv9J4wtGRipf5YNlfGPdrVC+Gmx7&#10;Z13o8QIkX+NiwL4CPsuuhXb/+InEBELhd5iIvVEyGn2IyComPQmRB5+jq3S08q6SJF6kf3MG5Q0R&#10;0Vk6dQb1rEaErB5B850cUINEGO6U2HebVhYbZgXoxjYDD2CEGb5iG3rL99xoG36HEAaWxeGaMJTA&#10;mlgHUjRziAxDoEh6aGLflvimU1uxUl7nDgYAojxpWzm1gvuzs2c5BD1cwRC+z/dhEe2ktlLdNG3r&#10;C9FKBLOYzeeeHavapkAlwrGmWl+2hmwZrkD/GQbomRmsGll4Z7VgxfUgO9a0QYbgLbAL4xZaN8za&#10;WhWP0MZGhcUKfwQg1Mr8pqSHpZpT+2vDjKCk/SJhFs+SY5xi5w/HJ4sUDmaqWU81THJwlVNHofQo&#10;XrqwuTfaNFUNkRKfrlSfYQuVDTa6xxdQDQdYB17yKxSkZzt6evZWT39Kyz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;kHLHSPgCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
+              <v:group w14:anchorId="7B62C417" id="Group 211" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251671552;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQcsdI+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jedQrU2ijuLAW3l4FJV16/2UpuPtellY40uYUsDn/NP65xme0PGdZZZiuGz7AYG9A&#10;0bFGQtC9qyvmGNmY5oWrruFGWVW6I666SJVlw4XPAbJJ4oNsbo3aaJ9LlfWV3tME1B7w9Ga3/Nv2&#10;1ugHfW8CehDvFP9pgZeo11U21eO5CsZk3X9VBdSTbZzyie9K06ELSInsPL+Pe37FzhEOL+cncXoc&#10;Qxk46JJ0MdDPa6gRXjqdzSgB1Sw+DYXh9fVwNcGb4WKKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNoKkl6yD9GyMENidJEw8L44PhyKedkjnRoJkFzv9J4wtGRipf5YNlfGPdrVC+Gmx7&#10;Z13o8QIkX+NiwL4CPsuuhXb/+InEBELhd5iIvVEyGn2IyComPQmRB5+jq3S08q6SJF6kf3MG5Q0R&#10;0Vk6dQb1rEaErB5B850cUINEGO6U2HebVhYbZgXoxjYDD2CEGb5iG3rL99xoG36HEAaWxeGaMJTA&#10;mlgHUjRziAxDoEh6aGLflvimU1uxUl7nDgYAojxpWzm1gvuzs2c5BD1cwRC+z/dhEe2ktlLdNG3r&#10;C9FKBLOYzeeeHavapkAlwrGmWl+2hmwZrkD/GQbomRmsGll4Z7VgxfUgO9a0QYbgLbAL4xZaN8za&#10;WhWP0MZGhcUKfwQg1Mr8pqSHpZpT+2vDjKCk/SJhFs+SY5xi5w/HJ4sUDmaqWU81THJwlVNHofQo&#10;XrqwuTfaNFUNkRKfrlSfYQuVDTa6xxdQDQdYB17yKxSkZzt6evZWT39Kyz8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;kHLHSPgCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
                 <v:shape id="Freeform 212" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+Rp8evwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjubtohIxyiDILidjq/ltbnTlmluSpOp7Xy9WQguD+e92Q2mET11rrasIIliEMSF1TWX&#10;Ck7fh8UahPPIGhvLpGAkB7vtdLLBTNsHf1Gf+1KEEHYZKqi8bzMpXVGRQRfZljhwP7Yz6APsSqk7&#10;fIRw08g0jlfSYM2hocKW9hUVv/mfUcBjv8zT6+h0Iu+S/i/N7ZCflZrPhs8PEJ4G/xa/3EetIE3C&#10;2nAmHAG5fQIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+Rp8evwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251645952" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="299FCEA7" wp14:editId="72C7B7B4">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>458470</wp:posOffset>
                 </wp:positionV>
@@ -3087,51 +3087,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="529456B7" id="Group 209" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:36.1pt;width:512pt;height:.1pt;z-index:-251670528;mso-position-horizontal-relative:page" coordorigin="833,722" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjRUkx+QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JW3TGnWKoTcM&#10;6LYCzT5AkeULZkuapMRpv36kZKduumJAFyAOZVLk4eEl5xfbriUbYWyjZE6Tw5gSIbkqGlnl9Ofy&#10;5uCUEuuYLFirpMjpo7D0YvHxw3mvM5GqWrWFMAScSJv1Oqe1czqLIstr0TF7qLSQoCyV6ZiDo6mi&#10;wrAevHdtlMbxSdQrU2ijuLAW3l4FJV14/2UpuPtRllY40uYUsDn/NP65wme0OGdZZZiuGz7AYO9A&#10;0bFGQtCdqyvmGFmb5pWrruFGWVW6Q666SJVlw4XPAbJJ4r1sbo1aa59LlfWV3tEE1O7x9G63/Pvm&#10;1ugHfW8CehDvFP9lgZeo11U21eO5CsZk1X9TBdSTrZ3yiW9L06ELSIlsPb+PO37F1hEOL0+O4/Qo&#10;hjJw0CXpfKCf11AjvHQ6m1ECqnmahsLw+nq4muDNcNHrIpaFiB7lgAqrDm1kn5my/8fUQ8208AWw&#10;yMS9IU2R0zQ5oUSyDtK/MUJgc5I08clgfDAc+bRTMicaNLPA+T9pfMXISOWbfLCMr627FcpXg23u&#10;rAs9XoDka1wM2JfAZ9m10O6fD0hMIBR+h4nYGSWj0aeILGPSkxB58Dm6Skcr7ypJ4nn6N2dQ3hAR&#10;naVTZ1DPakTI6hE038oBNUiE4U6JfbdpZbFhloBubDPwAEaY4Ru2obd8mUbb8DuEMLAs9teEoQTW&#10;xCqQoplDZBgCRdJDE/u2xDed2oil8jq3NwAQ5VnbyqkV3J+dvcgh6OEKhoAhDIIPi2gntZXqpmlb&#10;X4hWIpg0nqWBHqvapkAt4rGmWl22hmwY7kD/wXzA2wsz2DWy8N5qwYrrQXasaYMM9i3QC/MWejcM&#10;20oVj9DHRoXNCv8EINTKPFHSw1bNqf29ZkZQ0n6VMIxnyRGOsfOHo+M54CVmqllNNUxycJVTR6H2&#10;KF66sLrX2jRVDZES3w1SfYE1VDbY6R5fQDUcYB94ye9QkF4s6enZWz3/Ky3+AAAA//8DAFBLAwQU&#10;AAYACAAAACEADWuXyN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjz&#10;A7QKcaqqAk4VEi0S4raNt0nUeB3FbpK+Pc4Jjjszmv0mX0+mFQP1rrGsIF5EIIhLqxuuFHwd3h5W&#10;IJxH1thaJgVXcrAubm9yzLQd+ZOGva9EKGGXoYLa+y6T0pU1GXQL2xEH72R7gz6cfSV1j2MoN61M&#10;ouhZGmw4fKixo21N5Xl/MQreRxw3afw67M6n7fXn8PTxvYtJqfu7afMCwtPk/8Iw4wd0KALT0V5Y&#10;O9EqWKVpSCpYJgmI2Y+jZVCOs/IIssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDjRUkx+QIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQANa5fI3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="34FB8D38" id="Group 209" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:36.1pt;width:512pt;height:.1pt;z-index:-251670528;mso-position-horizontal-relative:page" coordorigin="833,722" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjRUkx+QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JW3TGnWKoTcM&#10;6LYCzT5AkeULZkuapMRpv36kZKduumJAFyAOZVLk4eEl5xfbriUbYWyjZE6Tw5gSIbkqGlnl9Ofy&#10;5uCUEuuYLFirpMjpo7D0YvHxw3mvM5GqWrWFMAScSJv1Oqe1czqLIstr0TF7qLSQoCyV6ZiDo6mi&#10;wrAevHdtlMbxSdQrU2ijuLAW3l4FJV14/2UpuPtRllY40uYUsDn/NP65wme0OGdZZZiuGz7AYO9A&#10;0bFGQtCdqyvmGFmb5pWrruFGWVW6Q666SJVlw4XPAbJJ4r1sbo1aa59LlfWV3tEE1O7x9G63/Pvm&#10;1ugHfW8CehDvFP9lgZeo11U21eO5CsZk1X9TBdSTrZ3yiW9L06ELSIlsPb+PO37F1hEOL0+O4/Qo&#10;hjJw0CXpfKCf11AjvHQ6m1ECqnmahsLw+nq4muDNcNHrIpaFiB7lgAqrDm1kn5my/8fUQ8208AWw&#10;yMS9IU2R0zQ5oUSyDtK/MUJgc5I08clgfDAc+bRTMicaNLPA+T9pfMXISOWbfLCMr627FcpXg23u&#10;rAs9XoDka1wM2JfAZ9m10O6fD0hMIBR+h4nYGSWj0aeILGPSkxB58Dm6Skcr7ypJ4nn6N2dQ3hAR&#10;naVTZ1DPakTI6hE038oBNUiE4U6JfbdpZbFhloBubDPwAEaY4Ru2obd8mUbb8DuEMLAs9teEoQTW&#10;xCqQoplDZBgCRdJDE/u2xDed2oil8jq3NwAQ5VnbyqkV3J+dvcgh6OEKhoAhDIIPi2gntZXqpmlb&#10;X4hWIpg0nqWBHqvapkAt4rGmWl22hmwY7kD/wXzA2wsz2DWy8N5qwYrrQXasaYMM9i3QC/MWejcM&#10;20oVj9DHRoXNCv8EINTKPFHSw1bNqf29ZkZQ0n6VMIxnyRGOsfOHo+M54CVmqllNNUxycJVTR6H2&#10;KF66sLrX2jRVDZES3w1SfYE1VDbY6R5fQDUcYB94ye9QkF4s6enZWz3/Ky3+AAAA//8DAFBLAwQU&#10;AAYACAAAACEADWuXyN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Kjz&#10;A7QKcaqqAk4VEi0S4raNt0nUeB3FbpK+Pc4Jjjszmv0mX0+mFQP1rrGsIF5EIIhLqxuuFHwd3h5W&#10;IJxH1thaJgVXcrAubm9yzLQd+ZOGva9EKGGXoYLa+y6T0pU1GXQL2xEH72R7gz6cfSV1j2MoN61M&#10;ouhZGmw4fKixo21N5Xl/MQreRxw3afw67M6n7fXn8PTxvYtJqfu7afMCwtPk/8Iw4wd0KALT0V5Y&#10;O9EqWKVpSCpYJgmI2Y+jZVCOs/IIssjl/wXFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDjRUkx+QIAAN0GAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQANa5fI3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 210" o:spid="_x0000_s1027" style="position:absolute;left:833;top:722;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD6x+H7xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RawIx&#10;EITfC/6HsIIvRXN3ouhplFaQ9qWFqj9guayX4GVzXKKe/fVNodDHYXa+2Vlve9eIG3XBelaQTzIQ&#10;xJXXlmsFp+N+vAARIrLGxjMpeFCA7WbwtMZS+zt/0e0Qa5EgHEpUYGJsSylDZchhmPiWOHln3zmM&#10;SXa11B3eE9w1ssiyuXRoOTUYbGlnqLocri69Uc/s0lTmYaczyl8/3p6/i+mnUqNh/7ICEamP/8d/&#10;6XetoMjn8DsmEUBufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD6x+H7xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -3870,51 +3870,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="294C857A" id="Group 205" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:-3.05pt;width:512pt;height:.1pt;z-index:-251668480;mso-position-horizontal-relative:page" coordorigin="833,-61" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAj0cK9+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JV3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyA2JVLk4SFFn1/sWkm2wthGq5wmxzElQnFdNKrK6Y/V&#10;zdEpJdYxVTCplcjpo7D0Yvn+3XnfZSLVtZaFMAScKJv1XU5r57osiiyvRcvsse6EAmWpTcscLE0V&#10;FYb14L2VURrH86jXpuiM5sJa2L0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0x1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfW4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw+b8U5ye&#10;xFAGDrokXQz08xpqhIdOZzNKQHU0T0JheH09HE3wZDiYoi5iWYjoUQ6osOrQRvaJKft/TD3UrBO+&#10;ABaZuDekKXKaJiklirWQ/o0RApuTpPEcYWF8MBz5tFMyJxo0s8D5P2l8wchI5at8sIxvrLsV2leD&#10;be+sCz1egORrXAzYV8Bn2Upo949HJCYQCv/DjdgbJaPRh4isYtKTEHnwOboCQiaukiRepH9zBuUN&#10;ZugsnTqDelYjQlaPoPlODahBIgxnSuy7rdMWG2YF6MY2Aw9ghBm+Yht6y/fcaBveQwgDw+JwTBhK&#10;YEysAykdc4gMQ6BIemhi35a40+qtWGmvcwcXAKI8aaWaWsH52dmzHIIejmAI3+f7sIh2Ululbxop&#10;fSGkQjCL2Xzu2bFaNgUqEY411fpSGrJlOAL9b7hAz8xg1KjCO6sFK64H2bFGBhmCS2AXrlto3dDr&#10;a108QhsbHQYrfAhAqLX5TUkPQzWn9teGGUGJ/KLgLp4lJ3iLnV+cfFqksDBTzXqqYYqDq5w6CqVH&#10;8dKFyb3pTFPVECnx6Sr9GaZQ2WCje3wB1bCAceAlP0JBejajp2tv9fRRWv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCiaoQi3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq96SYN&#10;Wo3ZiEjbkxTUQultzY5JMDsbsmsS/33HU3uc9x5vvpetR9uIHjtfO1IQTyMQSIUzNZUKvo7vkwUI&#10;HzQZ3ThCBTf0sM4fHzKdGjfQHvtDKAWXkE+1giqENpXSFxVa7aeuRWLv7DqrA59dKU2nBy63jXyJ&#10;orm0uib+UOkWtxUWl8PVKvgY9LBJ4rd+dzlvbz/H2ef3Lkalnp/GzQpEwDH8heGOz+iQM9PJXcl4&#10;0ShYJAknFUzmMYi7H0evrJxYmS1B5pn8vyD/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACPRwr34AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKJqhCLfAAAACQEAAA8AAAAAAAAAAAAAAAAAUgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="0745EC27" id="Group 205" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:-3.05pt;width:512pt;height:.1pt;z-index:-251668480;mso-position-horizontal-relative:page" coordorigin="833,-61" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAj0cK9+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JV3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyA2JVLk4SFFn1/sWkm2wthGq5wmxzElQnFdNKrK6Y/V&#10;zdEpJdYxVTCplcjpo7D0Yvn+3XnfZSLVtZaFMAScKJv1XU5r57osiiyvRcvsse6EAmWpTcscLE0V&#10;FYb14L2VURrH86jXpuiM5sJa2L0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0x1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfW4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw+b8U5ye&#10;xFAGDrokXQz08xpqhIdOZzNKQHU0T0JheH09HE3wZDiYoi5iWYjoUQ6osOrQRvaJKft/TD3UrBO+&#10;ABaZuDekKXKaJiklirWQ/o0RApuTpPEcYWF8MBz5tFMyJxo0s8D5P2l8wchI5at8sIxvrLsV2leD&#10;be+sCz1egORrXAzYV8Bn2Upo949HJCYQCv/DjdgbJaPRh4isYtKTEHnwOboCQiaukiRepH9zBuUN&#10;ZugsnTqDelYjQlaPoPlODahBIgxnSuy7rdMWG2YF6MY2Aw9ghBm+Yht6y/fcaBveQwgDw+JwTBhK&#10;YEysAykdc4gMQ6BIemhi35a40+qtWGmvcwcXAKI8aaWaWsH52dmzHIIejmAI3+f7sIh2Ululbxop&#10;fSGkQjCL2Xzu2bFaNgUqEY411fpSGrJlOAL9b7hAz8xg1KjCO6sFK64H2bFGBhmCS2AXrlto3dDr&#10;a108QhsbHQYrfAhAqLX5TUkPQzWn9teGGUGJ/KLgLp4lJ3iLnV+cfFqksDBTzXqqYYqDq5w6CqVH&#10;8dKFyb3pTFPVECnx6Sr9GaZQ2WCje3wB1bCAceAlP0JBejajp2tv9fRRWv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCiaoQi3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvhf6HZQq96SYN&#10;Wo3ZiEjbkxTUQultzY5JMDsbsmsS/33HU3uc9x5vvpetR9uIHjtfO1IQTyMQSIUzNZUKvo7vkwUI&#10;HzQZ3ThCBTf0sM4fHzKdGjfQHvtDKAWXkE+1giqENpXSFxVa7aeuRWLv7DqrA59dKU2nBy63jXyJ&#10;orm0uib+UOkWtxUWl8PVKvgY9LBJ4rd+dzlvbz/H2ef3Lkalnp/GzQpEwDH8heGOz+iQM9PJXcl4&#10;0ShYJAknFUzmMYi7H0evrJxYmS1B5pn8vyD/BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACPRwr34AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKJqhCLfAAAACQEAAA8AAAAAAAAAAAAAAAAAUgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 206" o:spid="_x0000_s1027" style="position:absolute;left:833;top:-61;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfrqj0wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbpi2ySDWKCIJX6667x2fzbIvNS2libf31ZmFhj8PMfMOst72pRUetqywriOcRCOLc&#10;6ooLBZ/nw2wJwnlkjbVlUjCQg+1mPFpjqu2TT9RlvhABwi5FBaX3TSqly0sy6Oa2IQ7ezbYGfZBt&#10;IXWLzwA3tUyi6EMarDgslNjQvqT8nj2MAh66RZZ8D07H8irpdal/DtmXUtNJv1uB8NT7//Bf+6gV&#10;JHECv2fCEZCbNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAfrqj0wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649024" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="549A1F33" wp14:editId="37ABC676">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>202565</wp:posOffset>
                 </wp:positionV>
@@ -3993,51 +3993,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7FE1D271" id="Group 203" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.95pt;width:512pt;height:.1pt;z-index:-251667456;mso-position-horizontal-relative:page" coordorigin="833,319" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDY1SzL+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw5C4Xh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNAIlkHaR/Y4TA5iRpfIywMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwryKLsWmj3j59ITCAU/ocbsTdKRqMPEVnFpCch8uBzdJWOVt5VksSL9G/OoLwh&#10;IjpLp86gntWIkNUjaL6TA2qQCMOZEvtu08piw6wA3dhm4AGMMMNXbENv+Z4bbcN7CGFgWByOCUMJ&#10;jIl1IEUzh8gwBIqkhyb2bYk7ndqKlfI6d3ABIMqTtpVTKzg/O3uWQ9DDEQzh+3wfFtFOaivVTdO2&#10;vhCtRDCL2Xzu2bGqbQpUIhxrqvVla8iW4Qj0v+ECPTODUSML76wWrLgeZMeaNsgQvAV24bqF1g29&#10;vlbFI7SxUWGwwocAhFqZ35T0MFRzan9tmBGUtF8k3MWz5BhvsfOL45NFCgsz1aynGiY5uMqpo1B6&#10;FC9dmNwbbZqqhkiJT1eqzzCFygYb3eMLqIYFjAMv+REK0rMZPV17q6eP0vIPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAkFiezt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kjj&#10;RkAJcaqqAk4VUlskxM2Nt0nUeB3FbpL+PdsTHHdmNPsmX06uFQP2ofGkQc0SEEiltw1VGr727w8L&#10;ECEasqb1hBouGGBZ3N7kJrN+pC0Ou1gJLqGQGQ11jF0mZShrdCbMfIfE3tH3zkQ++0ra3oxc7lo5&#10;T5In6UxD/KE2Ha5rLE+7s9PwMZpxlaq3YXM6ri8/+8fP741Cre/vptUriIhT/AvDFZ/RoWCmgz+T&#10;DaLVsEhTTmpI1QuIq6+SZ1YOrMwVyCKX/xcUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDY1SzL+QIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCQWJ7O3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
+              <v:group w14:anchorId="360BF01B" id="Group 203" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.95pt;width:512pt;height:.1pt;z-index:-251667456;mso-position-horizontal-relative:page" coordorigin="833,319" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDY1SzL+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw5C4Xh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hT5DRNAIlkHaR/Y4TA5iRpfIywMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwryKLsWmj3j59ITCAU/ocbsTdKRqMPEVnFpCch8uBzdJWOVt5VksSL9G/OoLwh&#10;IjpLp86gntWIkNUjaL6TA2qQCMOZEvtu08piw6wA3dhm4AGMMMNXbENv+Z4bbcN7CGFgWByOCUMJ&#10;jIl1IEUzh8gwBIqkhyb2bYk7ndqKlfI6d3ABIMqTtpVTKzg/O3uWQ9DDEQzh+3wfFtFOaivVTdO2&#10;vhCtRDCL2Xzu2bGqbQpUIhxrqvVla8iW4Qj0v+ECPTODUSML76wWrLgeZMeaNsgQvAV24bqF1g29&#10;vlbFI7SxUWGwwocAhFqZ35T0MFRzan9tmBGUtF8k3MWz5BhvsfOL45NFCgsz1aynGiY5uMqpo1B6&#10;FC9dmNwbbZqqhkiJT1eqzzCFygYb3eMLqIYFjAMv+REK0rMZPV17q6eP0vIPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAkFiezt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kjj&#10;RkAJcaqqAk4VUlskxM2Nt0nUeB3FbpL+PdsTHHdmNPsmX06uFQP2ofGkQc0SEEiltw1VGr727w8L&#10;ECEasqb1hBouGGBZ3N7kJrN+pC0Ou1gJLqGQGQ11jF0mZShrdCbMfIfE3tH3zkQ++0ra3oxc7lo5&#10;T5In6UxD/KE2Ha5rLE+7s9PwMZpxlaq3YXM6ri8/+8fP741Cre/vptUriIhT/AvDFZ/RoWCmgz+T&#10;DaLVsEhTTmpI1QuIq6+SZ1YOrMwVyCKX/xcUvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDY1SzL+QIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCQWJ7O3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFMFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;">
                 <v:shape id="Freeform 204" o:spid="_x0000_s1027" style="position:absolute;left:833;top:319;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCAMJMYvwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjubtohIxyiDILidjq/ltbnTlmluSpOp7Xy9WQguD+e92Q2mET11rrasIIliEMSF1TWX&#10;Ck7fh8UahPPIGhvLpGAkB7vtdLLBTNsHf1Gf+1KEEHYZKqi8bzMpXVGRQRfZljhwP7Yz6APsSqk7&#10;fIRw08g0jlfSYM2hocKW9hUVv/mfUcBjv8zT6+h0Iu+S/i/N7ZCflZrPhs8PEJ4G/xa/3EetIE3C&#10;/HAmHAG5fQIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCAMJMYvwAAANwAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
@@ -4561,51 +4561,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2DBA08FD" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.25pt;margin-top:5.05pt;width:512pt;height:24.25pt;z-index:-251631616;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3D/4VgAMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu2zAMfR+wfxD0uGH1JbfGqFMMvWFA&#10;txVo9gGKLF8wW/IkJU739aMk23HSFlu7YthDC9SlTIoiD8kj9+R0W5Vow6QqBI9xcORjxDgVScGz&#10;GH9bXn44xkhpwhNSCs5ifMcUPl28fXPS1BELRS7KhEkETriKmjrGudZ15HmK5qwi6kjUjIMyFbIi&#10;GpYy8xJJGvBelV7o+1OvETKppaBMKXh77pR4Yf2nKaP6a5oqplEZY4hN26e0z5V5eosTEmWS1HlB&#10;2zDIM6KoSMHh0N7VOdEErWVxz1VVUCmUSPURFZUn0rSgzOYA2QT+QTZXUqxrm0sWNVndwwTQHuD0&#10;bLf0y+ZK1rf1jXTRg3gt6HcFuHhNnUVDvVlnzhitms8igXqStRY28W0qK+MCUkJbi+9djy/bakTh&#10;5XTih2MfykBBN/Jn89nEFYDmUCWz7Xg0wgiU43HQaS7azYHZ67aOj+0+j0TuVBtpG5mpfBumEyGD&#10;G4mKJMbhDJxzUkHYFlkUTmwDHOZpqvhSONxLqMNikE7YpfokEOyuRyGAaVK7hlF/1zC3OamZ7UNl&#10;GqKHc9zBeSkZMzMKiNq6NbU17NpKDXtqoDFmClrvt930xyj2eJCIrpW+YsI2JdlcK+1GPQHJtnrS&#10;tsISmiqtSpj69x+Qj+Ao89sSQ28UdEbvPLT0UYNc/Vqfnauws7KugsCfhQ85gzZ0Jxpn4dAZxJ91&#10;EZK8C5pueRs1SIgYavXt0NVCmalZQnTdtIEHMDIZPmLrBsw2fmfr/rZHSODMQ7aUGAFbrhwoNdEm&#10;MnOEEVEDvG9n07ypxIYthdXpAx6AU3bakg+tYP9ovpeD08MWcwRwkRPssSbaQW25uCzK0hai5CaY&#10;0B+FDh4lyiIxWhOPktnqrJRoQ8xVYH9MPuBtzwwolyfWW85IctHKmhSlk8G+BHiBclzvGpJR0Uok&#10;d9DHUrgLBi5EEHIhf2LUwOUSY/VjTSTDqPzEYRjnwdhwmbaL8WQG8SI51KyGGsIpuIqxxlB7I55p&#10;d4Ota1lkOZwU2G7g4iOwcVqYTrfxuajaBfCBlfbI0RLdfZ6cdIPd8mQwNVD9C56ch2PXZU/gyX4P&#10;zR+4LP4Dnpx2cO54Mpg5RAdsCI34UjzZI/IYitDF3YU9nKVXngSeaTn1lSdfeRK+AlvOhM9vkPa+&#10;74dra7X7h2bxCwAA//8DAFBLAwQUAAYACAAAACEAA07Qh94AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBm92NmhJiNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk96nPceb75XrGbb&#10;iZEG3zrWkCwUCOLKmZZrDV/7t4cMhA/IBjvHpOFCHlbl7U2BuXETf9K4C7WIJexz1NCE0OdS+qoh&#10;i37heuLoHd1gMcRzqKUZcIrltpOPSi2lxZbjhwZ72jRUnXZnq+F9wmn9lLyO29Nxc/nZpx/f24S0&#10;vr+b1y8gAs3hLwxX/IgOZWQ6uDMbLzoN2XMak1FXCYirn6gsKgcNabYEWRby/4LyFwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAPcP/hWAAwAAGA0AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAANO0IfeAAAACQEAAA8AAAAAAAAAAAAAAAAA2gUAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADlBgAAAAA=&#10;">
+              <v:group w14:anchorId="56E1B239" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.25pt;margin-top:5.05pt;width:512pt;height:24.25pt;z-index:-251631616;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3D/4VgAMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu2zAMfR+wfxD0uGH1JbfGqFMMvWFA&#10;txVo9gGKLF8wW/IkJU739aMk23HSFlu7YthDC9SlTIoiD8kj9+R0W5Vow6QqBI9xcORjxDgVScGz&#10;GH9bXn44xkhpwhNSCs5ifMcUPl28fXPS1BELRS7KhEkETriKmjrGudZ15HmK5qwi6kjUjIMyFbIi&#10;GpYy8xJJGvBelV7o+1OvETKppaBMKXh77pR4Yf2nKaP6a5oqplEZY4hN26e0z5V5eosTEmWS1HlB&#10;2zDIM6KoSMHh0N7VOdEErWVxz1VVUCmUSPURFZUn0rSgzOYA2QT+QTZXUqxrm0sWNVndwwTQHuD0&#10;bLf0y+ZK1rf1jXTRg3gt6HcFuHhNnUVDvVlnzhitms8igXqStRY28W0qK+MCUkJbi+9djy/bakTh&#10;5XTih2MfykBBN/Jn89nEFYDmUCWz7Xg0wgiU43HQaS7azYHZ67aOj+0+j0TuVBtpG5mpfBumEyGD&#10;G4mKJMbhDJxzUkHYFlkUTmwDHOZpqvhSONxLqMNikE7YpfokEOyuRyGAaVK7hlF/1zC3OamZ7UNl&#10;GqKHc9zBeSkZMzMKiNq6NbU17NpKDXtqoDFmClrvt930xyj2eJCIrpW+YsI2JdlcK+1GPQHJtnrS&#10;tsISmiqtSpj69x+Qj+Ao89sSQ28UdEbvPLT0UYNc/Vqfnauws7KugsCfhQ85gzZ0Jxpn4dAZxJ91&#10;EZK8C5pueRs1SIgYavXt0NVCmalZQnTdtIEHMDIZPmLrBsw2fmfr/rZHSODMQ7aUGAFbrhwoNdEm&#10;MnOEEVEDvG9n07ypxIYthdXpAx6AU3bakg+tYP9ovpeD08MWcwRwkRPssSbaQW25uCzK0hai5CaY&#10;0B+FDh4lyiIxWhOPktnqrJRoQ8xVYH9MPuBtzwwolyfWW85IctHKmhSlk8G+BHiBclzvGpJR0Uok&#10;d9DHUrgLBi5EEHIhf2LUwOUSY/VjTSTDqPzEYRjnwdhwmbaL8WQG8SI51KyGGsIpuIqxxlB7I55p&#10;d4Ota1lkOZwU2G7g4iOwcVqYTrfxuajaBfCBlfbI0RLdfZ6cdIPd8mQwNVD9C56ch2PXZU/gyX4P&#10;zR+4LP4Dnpx2cO54Mpg5RAdsCI34UjzZI/IYitDF3YU9nKVXngSeaTn1lSdfeRK+AlvOhM9vkPa+&#10;74dra7X7h2bxCwAA//8DAFBLAwQUAAYACAAAACEAA07Qh94AAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPQUvDQBCF74L/YRnBm92NmhJiNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk96nPceb75XrGbb&#10;iZEG3zrWkCwUCOLKmZZrDV/7t4cMhA/IBjvHpOFCHlbl7U2BuXETf9K4C7WIJexz1NCE0OdS+qoh&#10;i37heuLoHd1gMcRzqKUZcIrltpOPSi2lxZbjhwZ72jRUnXZnq+F9wmn9lLyO29Nxc/nZpx/f24S0&#10;vr+b1y8gAs3hLwxX/IgOZWQ6uDMbLzoN2XMak1FXCYirn6gsKgcNabYEWRby/4LyFwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAPcP/hWAAwAAGA0AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAANO0IfeAAAACQEAAA8AAAAAAAAAAAAAAAAA2gUAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADlBgAAAAA=&#10;">
                 <v:group id="Group 250" o:spid="_x0000_s1027" style="position:absolute;left:833;top:441;width:10240;height:2" coordorigin="833,441" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4NRYqxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8gq91c0fbCV1DSK2eBChKpTeHtlnEpJ9G7LbJH77bkHocZiZ3zCrfDKtGKh3tWUF8TwC&#10;QVxYXXOp4HJ+f16CcB5ZY2uZFNzIQb6ePaww03bkTxpOvhQBwi5DBZX3XSalKyoy6Oa2Iw7e1fYG&#10;fZB9KXWPY4CbViZR9CIN1hwWKuxoW1HRnH6Mgo8Rx00a74ZDc93evs+L49chJqWeHqfNGwhPk/8P&#10;39t7rSB5TeHvTDgCcv0LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAODUWKsYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 251" o:spid="_x0000_s1028" style="position:absolute;left:833;top:441;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC4hj+3xgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvhb5DmEJvRLOu9W9rlLZQ6o2CPw8wbMZN6GaybFJd+/RNoeDl4cz5zpzlunO1uFAbrGcFo2EG&#10;grj02nKl4HT8GMxBhIissfZMCm4UYL166C2x0P7Ke7ocYiUShEOBCkyMTSFlKA05DEPfECfv7FuH&#10;Mcm2krrFa4K7WuZZNpUOLacGgw29Gyq/Dt8uvVFN7MKU5mbHExq9bT/7P/l4p9TTY/f6AiJSF+/H&#10;/+mNVpDPnuFvTCKAXP0CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuIY/t8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 216" o:spid="_x0000_s1029" style="position:absolute;left:833;top:924;width:10240;height:2" coordorigin="833,924" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYkCvFxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8IS9aVoXdalGEVmXPYigLoi3R/Nsi81LaWJb/70RBI/DzHzDzJedKUVDtSssK4iHEQji&#10;1OqCMwX/x83gG4TzyBpLy6TgTg6Wi4/eHBNtW95Tc/CZCBB2CSrIva8SKV2ak0E3tBVx8C62NuiD&#10;rDOpa2wD3JRyFEUTabDgsJBjReuc0uvhZhT8ttiuvuKfZnu9rO/n43h32sak1Ge/W81AeOr8O/xq&#10;/2kFo+kYnmfCEZCLBwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYkCvFxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 217" o:spid="_x0000_s1030" style="position:absolute;left:833;top:924;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAnGARbxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvBd8hTKE3RbOu+LcaRQulvbFQ9QGGzbgJ3UyWTdS1T98UCl4ezpzvzFltOleLK7XBelYwGmYg&#10;iEuvLVcKTse3wRxEiMgaa8+k4E4BNut+b4WF9jf+oushViJBOBSowMTYFFKG0pDDMPQNcfLOvnUY&#10;k2wrqVu8JbirZZ5lU+nQcmow2NCrofL7cHHpjWpiF6Y0dzue0Gi3f3/5ycefSj0/ddsliEhdfBz/&#10;pz+0gnw2hb8xiQBy/QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAnGARbxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BD6208" w14:textId="77777777" w:rsidR="00E14158" w:rsidRDefault="00E14158">
       <w:pPr>
         <w:spacing w:before="2" w:line="130" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
       </w:pPr>
@@ -4743,51 +4743,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="71A519A9" id="Group 168" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251665408;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAI6QR6+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hTAPLFCSWSdZD+jRECm5Mk8zOEhfHBcOTTTsmcaNDMAuf/pPEFIyOVr/LBMr6x7lYoXw22&#10;vbMu9HgBkq9xMWBfAZ9l10K7f/xEYgKh8D/ciL1RMhp9iMgqJj0JkQefo6t0tPKukiRepH9zBuUN&#10;EdFZOnUG9axGhKweQfOdHFCDRBjOlNh3m1YWG2YF6MY2Aw9ghBm+Yht6y/fcaBveQwgDw+JwTBhK&#10;YEysAymaOUSGIVAkPbSCb0vc6dRWrJTXuYMLAFGetK2cWsH52dmzHIIejmAI3+f7sIh2Ulupbpq2&#10;9YVoJYJZzOZzz45VbVOgEuFYU60vW0O2DEeg/w0X6JkZjBpZeGe1YMX1IDvWtEGG4C2wC9cttG7o&#10;9bUqHqGNjQqDFT4EINTK/Kakh6GaU/trw4ygpP0i4S6eJcd4i51fHJ8sUliYqWY91TDJwVVOHYXS&#10;o3jpwuTeaNNUNURKfLpSfYYpVDbY6B5fQDUsYBx4yY9QkJ7N6OnaWz19lJZ/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA/3+tu94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb43k&#10;mrbBsRxCaHsKhSaF0ptibWwTa2UsxXb+vptTc9yZYfZNvppcKwbsQ+NJQzJXIJBKbxuqNHzv3x8X&#10;IEI0ZE3rCTVcMMCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw9x0Se0ffOxP57CtpezNyuWvl&#10;k1Iv0pmG+ENtOtzUWJ52Z6fhYzTjOk3ehu3puLn87p8/f7YJav0wm9ZLEBGn+B+GKz6jQ8FMB38m&#10;G0SrYZGmnNSQKl5w9RP1ysqBlUSBLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAjpBHr5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAP9/rbveAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="32DF4BAF" id="Group 168" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251665408;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAI6QR6+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hTAPLFCSWSdZD+jRECm5Mk8zOEhfHBcOTTTsmcaNDMAuf/pPEFIyOVr/LBMr6x7lYoXw22&#10;vbMu9HgBkq9xMWBfAZ9l10K7f/xEYgKh8D/ciL1RMhp9iMgqJj0JkQefo6t0tPKukiRepH9zBuUN&#10;EdFZOnUG9axGhKweQfOdHFCDRBjOlNh3m1YWG2YF6MY2Aw9ghBm+Yht6y/fcaBveQwgDw+JwTBhK&#10;YEysAymaOUSGIVAkPbSCb0vc6dRWrJTXuYMLAFGetK2cWsH52dmzHIIejmAI3+f7sIh2Ulupbpq2&#10;9YVoJYJZzOZzz45VbVOgEuFYU60vW0O2DEeg/w0X6JkZjBpZeGe1YMX1IDvWtEGG4C2wC9cttG7o&#10;9bUqHqGNjQqDFT4EINTK/Kakh6GaU/trw4ygpP0i4S6eJcd4i51fHJ8sUliYqWY91TDJwVVOHYXS&#10;o3jpwuTeaNNUNURKfLpSfYYpVDbY6B5fQDUsYBx4yY9QkJ7N6OnaWz19lJZ/AAAA//8DAFBLAwQU&#10;AAYACAAAACEA/3+tu94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb43k&#10;mrbBsRxCaHsKhSaF0ptibWwTa2UsxXb+vptTc9yZYfZNvppcKwbsQ+NJQzJXIJBKbxuqNHzv3x8X&#10;IEI0ZE3rCTVcMMCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw9x0Se0ffOxP57CtpezNyuWvl&#10;k1Iv0pmG+ENtOtzUWJ52Z6fhYzTjOk3ehu3puLn87p8/f7YJav0wm9ZLEBGn+B+GKz6jQ8FMB38m&#10;G0SrYZGmnNSQKl5w9RP1ysqBlUSBLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AAjpBHr5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAP9/rbveAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 169" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCWvbRcwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN40VXxRjSKC4HXr7upxbMa22ExKE2u7v94IC3ubj+85621rStFQ7QrLCsajCARxanXB&#10;mYKv02G4BOE8ssbSMinoyMF20/tYY6ztkz+pSXwmQgi7GBXk3lexlC7NyaAb2Yo4cDdbG/QB1pnU&#10;NT5DuCnlJIrm0mDBoSHHivY5pffkYRRw10yTyblzeiyvkn5/yssh+VZq0G93KxCeWv8v/nMfdZi/&#10;mMH7mXCB3LwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAlr20XMAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -4961,51 +4961,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4833D5FC" id="Group 166" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251664384;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZG1UM+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hTAPIFwJSsg/RvjBDYnCSZLxAWxgfDkU87JXOiQTMLnP+TxheMjFS+ygfL+Ma6W6F8Ndj2&#10;zrrQ4wVIvsbFgH0FfJZdC+3+8ROJCYTC/3Aj9kbJaPQhIquY9CREHnyOrtLRyrtKkniR/s0Z8BYi&#10;orN06gzqWY0IWT2C5js5oAaJMJwpse82rSw2zArQjW0GHsAIM3zFNvSW77nRNryHEAaGxeGYMJTA&#10;mFgHUjRziAxDoEh6aAXflrjTqa1YKa9zBxcAojxpWzm1gvOzs2c5BD0cwRC+z/dhEe2ktlLdNG3r&#10;C9FKBLOYzeeeHavapkAlwrGmWl+2hmwZjkD/Gy7QMzMYNbLwzmrBiutBdqxpgwzBW2AXrlto3dDr&#10;a1U8QhsbFQYrfAhAqJX5TUkPQzWn9teGGUFJ+0XCXTxLjvEWO784PlmksDBTzXqqYZKDq5w6CqVH&#10;8dKFyb3RpqlqiJT4dKX6DFOobLDRPb6AaljAOPCSH6EgPZvR07W3evooLf8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;2RtVDPgCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
+              <v:group w14:anchorId="528A2A26" id="Group 166" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251664384;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZG1UM+AIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkjlNjmJKhOSqaGSV0x+r&#10;m0+nlFjHZMFaJUVOH4WlF8v37857nYlU1aothCHgRNqs1zmtndNZFFlei47ZI6WFBGWpTMccLE0V&#10;FYb14L1rozSO51GvTKGN4sJa2L0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsd1FYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcNucncXoc&#10;Qxk46JJ0MdDPa6gRHjqdzSgB1Sw+DYXh9fVwNMGT4WCKuohlIaJHOaDCqkMb2Sem7P8x9VAzLXwB&#10;LDJxb0hTAPIFwJSsg/RvjBDYnCSZLxAWxgfDkU87JXOiQTMLnP+TxheMjFS+ygfL+Ma6W6F8Ndj2&#10;zrrQ4wVIvsbFgH0FfJZdC+3+8ROJCYTC/3Aj9kbJaPQhIquY9CREHnyOrtLRyrtKkniR/s0Z8BYi&#10;orN06gzqWY0IWT2C5js5oAaJMJwpse82rSw2zArQjW0GHsAIM3zFNvSW77nRNryHEAaGxeGYMJTA&#10;mFgHUjRziAxDoEh6aAXflrjTqa1YKa9zBxcAojxpWzm1gvOzs2c5BD0cwRC+z/dhEe2ktlLdNG3r&#10;C9FKBLOYzeeeHavapkAlwrGmWl+2hmwZjkD/Gy7QMzMYNbLwzmrBiutBdqxpgwzBW2AXrlto3dDr&#10;a1U8QhsbFQYrfAhAqJX5TUkPQzWn9teGGUFJ+0XCXTxLjvEWO784PlmksDBTzXqqYZKDq5w6CqVH&#10;8dKFyb3RpqlqiJT4dKX6DFOobLDRPb6AaljAOPCSH6EgPZvR07W3evooLf8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQD/f6273gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjeSa&#10;tsGxHEJoewqFJoXSm2JtbBNrZSzFdv6+m1Nz3Jlh9k2+mlwrBuxD40lDMlcgkEpvG6o0fO/fHxcg&#10;QjRkTesJNVwwwKq4v8tNZv1IXzjsYiW4hEJmNNQxdpmUoazRmTD3HRJ7R987E/nsK2l7M3K5a+WT&#10;Ui/SmYb4Q2063NRYnnZnp+FjNOM6Td6G7em4ufzunz9/tglq/TCb1ksQEaf4H4YrPqNDwUwHfyYb&#10;RKthkaac1JAqXnD1E/XKyoGVRIEscnm7oPgDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;2RtVDPgCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA/3+tu94AAAAJAQAADwAAAAAAAAAAAAAAAABSBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
                 <v:shape id="Freeform 167" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2GImzwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Li8Iw&#10;EL4v+B/CCN409YFKNYoIgtetu6vHsRnbYjMpTazt/nojLOxtPr7nrLetKUVDtSssKxiPIhDEqdUF&#10;Zwq+TofhEoTzyBpLy6SgIwfbTe9jjbG2T/6kJvGZCCHsYlSQe1/FUro0J4NuZCviwN1sbdAHWGdS&#10;1/gM4aaUkyiaS4MFh4YcK9rnlN6Th1HAXTNLJufO6bG8Svr9KS+H5FupQb/drUB4av2/+M991GH+&#10;YgrvZ8IFcvMCAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdhiJs8AAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -5226,51 +5226,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="647FB311" id="Group 162" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251662336;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOyznr+gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnaGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk0eERc36xayXZCmMbrXKaHMWUCMV10agqpz9W&#10;N59OKbGOqYJJrUROH4WlF8v37877LhOprrUshCGQRNms73JaO9dlUWR5LVpmj3QnFDhLbVrmYGmq&#10;qDCsh+ytjNI4XkS9NkVnNBfWwtur4KRLn78sBXffy9IKR2ROAZvzT+Ofa3xGy3OWVYZ1dcMHGOwN&#10;KFrWKCi6T3XFHCMb07xI1TbcaKtLd8R1G+mybLjwZ4DTJPHBaW6N3nT+LFXWV92eJqD2gKc3p+Xf&#10;treme+juTUAP5p3mPy3wEvVdlU39uK5CMFn3X3UB/WQbp/3Bd6VpMQUciew8v497fsXOEQ4vF8dx&#10;Oo+hDRx8SXoy0M9r6BFuOp3NKAHX7GweGsPr62FrgjvDxhR9EctCRY9yQIVdBxnZJ6bs/zH1ULNO&#10;+AZYZOLekKYA5IszShRr4fg3RggUJ0kWM4SF9SFw5NNOyZx4MMwC5/+k8QUjI5Wv8sEyvrHuVmjf&#10;Dba9sy5ovADL97gYsK+Az7KVIPePn0hMoBR+hxuxD0rGoA8RWcWkJ6HykHNMlY5RPlWSxCfp35JB&#10;e0NFTJZOk0E/qxEhq0fQfKcG1GARhjMl9mrrtEXBrADdKDPIAEF4wldig7a85sbY8DuUMDAsDseE&#10;oQTGxDqQ0jGHyLAEmqQHKXhZ4ptWb8VKe587uABQ5ckr1TQK9s9ATJMzBD9swRJe5/uyiHbSW6Vv&#10;Gil9I6RCMGk8SwM9VsumQC/isaZaX0pDtgxnoP8MN+hZGMwaVfhstWDF9WA71shgQ3UJ9MJ9C9oN&#10;Yl/r4hF0bHSYrPBPAEatzW9KepiqObW/NswISuQXBZfxLJnjNXZ+MT8+AbzETD3rqYcpDqly6ij0&#10;Hs1LF0b3pjNNVUOlxKtB6c8whsoGle7xBVTDAuaBt/wMBevZkJ6ufdTTv9LyDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOtetjPfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;EwKlDXGqqgJOFRItEuptG2+TqPE6it0k/XucExx3ZjT7JluNphE9da62rCCeRSCIC6trLhV8798f&#10;FiCcR9bYWCYFV3Kwym9vMky1HfiL+p0vRShhl6KCyvs2ldIVFRl0M9sSB+9kO4M+nF0pdYdDKDeN&#10;fIyiuTRYc/hQYUubiorz7mIUfAw4rJP4rd+eT5vrYf/8+bONSan7u3H9CsLT6P/CMOEHdMgD09Fe&#10;WDvRKFgkSUgqSJZPICY/jl6CcpyUOcg8k/8X5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEATss56/oCAADdBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA6162M98AAAAJAQAADwAAAAAAAAAAAAAAAABUBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+              <v:group w14:anchorId="2C48559B" id="Group 162" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251662336;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOyznr+gIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnaGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk0eERc36xayXZCmMbrXKaHMWUCMV10agqpz9W&#10;N59OKbGOqYJJrUROH4WlF8v37877LhOprrUshCGQRNms73JaO9dlUWR5LVpmj3QnFDhLbVrmYGmq&#10;qDCsh+ytjNI4XkS9NkVnNBfWwtur4KRLn78sBXffy9IKR2ROAZvzT+Ofa3xGy3OWVYZ1dcMHGOwN&#10;KFrWKCi6T3XFHCMb07xI1TbcaKtLd8R1G+mybLjwZ4DTJPHBaW6N3nT+LFXWV92eJqD2gKc3p+Xf&#10;treme+juTUAP5p3mPy3wEvVdlU39uK5CMFn3X3UB/WQbp/3Bd6VpMQUciew8v497fsXOEQ4vF8dx&#10;Oo+hDRx8SXoy0M9r6BFuOp3NKAHX7GweGsPr62FrgjvDxhR9EctCRY9yQIVdBxnZJ6bs/zH1ULNO&#10;+AZYZOLekKYA5IszShRr4fg3RggUJ0kWM4SF9SFw5NNOyZx4MMwC5/+k8QUjI5Wv8sEyvrHuVmjf&#10;Dba9sy5ovADL97gYsK+Az7KVIPePn0hMoBR+hxuxD0rGoA8RWcWkJ6HykHNMlY5RPlWSxCfp35JB&#10;e0NFTJZOk0E/qxEhq0fQfKcG1GARhjMl9mrrtEXBrADdKDPIAEF4wldig7a85sbY8DuUMDAsDseE&#10;oQTGxDqQ0jGHyLAEmqQHKXhZ4ptWb8VKe587uABQ5ckr1TQK9s9ATJMzBD9swRJe5/uyiHbSW6Vv&#10;Gil9I6RCMGk8SwM9VsumQC/isaZaX0pDtgxnoP8MN+hZGMwaVfhstWDF9WA71shgQ3UJ9MJ9C9oN&#10;Yl/r4hF0bHSYrPBPAEatzW9KepiqObW/NswISuQXBZfxLJnjNXZ+MT8+AbzETD3rqYcpDqly6ij0&#10;Hs1LF0b3pjNNVUOlxKtB6c8whsoGle7xBVTDAuaBt/wMBevZkJ6ufdTTv9LyDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAOtetjPfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyo&#10;EwKlDXGqqgJOFRItEuptG2+TqPE6it0k/XucExx3ZjT7JluNphE9da62rCCeRSCIC6trLhV8798f&#10;FiCcR9bYWCYFV3Kwym9vMky1HfiL+p0vRShhl6KCyvs2ldIVFRl0M9sSB+9kO4M+nF0pdYdDKDeN&#10;fIyiuTRYc/hQYUubiorz7mIUfAw4rJP4rd+eT5vrYf/8+bONSan7u3H9CsLT6P/CMOEHdMgD09Fe&#10;WDvRKFgkSUgqSJZPICY/jl6CcpyUOcg8k/8X5L8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEATss56/oCAADdBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEA6162M98AAAAJAQAADwAAAAAAAAAAAAAAAABUBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
                 <v:shape id="Freeform 163" o:spid="_x0000_s1027" style="position:absolute;left:833;top:394;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIe2eIxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;EEXfC/2HMAVfiptVUXTdKFoQ+1Kh1g8YNuMmuJksm1RXv74pFPo2w73nzp1y3btGXKkL1rOCUZaD&#10;IK68tlwrOH3thnMQISJrbDyTgjsFWK+en0ostL/xJ12PsRYphEOBCkyMbSFlqAw5DJlviZN29p3D&#10;mNaulrrDWwp3jRzn+Uw6tJwuGGzpzVB1OX67VKOe2oWpzN1OpjTafuxfH+PJQanBS79ZgojUx3/z&#10;H/2uEzdbwO8zaQK5+gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAIe2eIxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -5651,51 +5651,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7638E0E6" id="Group 160" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:18.8pt;width:512pt;height:.1pt;z-index:-251661312;mso-position-horizontal-relative:page" coordorigin="833,376" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8s0TW+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1Ja3TGk2KoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkguaHMWUCMlV0chqQX+s&#10;bj6dUmIdkwVrlRQL+igsvVi+f3fe61ykqlZtIQwBJ9LmvV7Q2jmdR5HlteiYPVJaSFCWynTMwdJU&#10;UWFYD967NkrjOIt6ZQptFBfWwu5VUNKl91+WgrvvZWmFI+2CAjbnn8Y/1/iMlucsrwzTdcMHGOwN&#10;KDrWSAi6d3XFHCMb07xw1TXcKKtKd8RVF6mybLjwOUA2SXyQza1RG+1zqfK+0nuagNoDnt7sln/b&#10;3hr9oO9NQA/ineI/LfAS9brKp3pcV8GYrPuvqoB6so1TPvFdaTp0ASmRnef3cc+v2DnCYTM7idPj&#10;GMrAQZek84F+XkON8NDpbEYJqGbzLBSG19fD0QRPhoMp6iKWh4ge5YAKqw5tZJ+Ysv/H1EPNtPAF&#10;sMjEvSFNAcizOSWSdZD+jRECm5MkWYKwMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YzjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwr4LPsWmj3j59ITCAU/ocbsTdKRqMPEVnFpCch8uBzdJWOVt5VksTz9G/OoLwh&#10;IjpLp86gntWIkNUjaL6TA2qQCMOZEvtu08piw6wA3dhm4AGMMMNXbENv+Z4bbcN7CGFgWByOCUMJ&#10;jIl1IEUzh8gwBIqkh1bwbYk7ndqKlfI6d3ABIMqTtpVTKzg/O3uWQ9DDEQzh+3wfFtFOaivVTdO2&#10;vhCtRDDzWZZ5dqxqmwKVCMeaan3ZGrJlOAL9b7hAz8xg1MjCO6sFK64H2bGmDTIEb4FduG6hdUOv&#10;r1XxCG1sVBis8CEAoVbmNyU9DNUFtb82zAhK2i8S7uJZcoy32PnF8ck8hYWZatZTDZMcXC2oo1B6&#10;FC9dmNwbbZqqhkiJT1eqzzCFygYb3eMLqIYFjAMv+REK0rMZPV17q6eP0vIPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAPdETSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93E&#10;YBtiNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk72OO893nwvX0+mFQP1rrGsIF5EIIhLqxuuFHwf3p9S&#10;EM4ja2wtk4IrOVgX93c5ZtqO/EXD3lcilLDLUEHtfZdJ6cqaDLqF7YiDd7K9QR/OvpK6xzGUm1Y+&#10;R9FSGmw4fKixo21N5Xl/MQo+Rhw3Sfw27M6n7fX38PL5s4tJqceHafMKwtPk/8Mw4wd0KALT0V5Y&#10;O9EqSJMkJBUkqyWI2Y+jVVCOs5KCLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHyzRNb5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAD3RE0jeAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="4626D620" id="Group 160" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:18.8pt;width:512pt;height:.1pt;z-index:-251661312;mso-position-horizontal-relative:page" coordorigin="833,376" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8s0TW+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1Ja3TGk2KoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyA2JVLk4SFFn1/supZshbGNkguaHMWUCMlV0chqQX+s&#10;bj6dUmIdkwVrlRQL+igsvVi+f3fe61ykqlZtIQwBJ9LmvV7Q2jmdR5HlteiYPVJaSFCWynTMwdJU&#10;UWFYD967NkrjOIt6ZQptFBfWwu5VUNKl91+WgrvvZWmFI+2CAjbnn8Y/1/iMlucsrwzTdcMHGOwN&#10;KDrWSAi6d3XFHCMb07xw1TXcKKtKd8RVF6mybLjwOUA2SXyQza1RG+1zqfK+0nuagNoDnt7sln/b&#10;3hr9oO9NQA/ineI/LfAS9brKp3pcV8GYrPuvqoB6so1TPvFdaTp0ASmRnef3cc+v2DnCYTM7idPj&#10;GMrAQZek84F+XkON8NDpbEYJqGbzLBSG19fD0QRPhoMp6iKWh4ge5YAKqw5tZJ+Ysv/H1EPNtPAF&#10;sMjEvSFNAcizOSWSdZD+jRECm5MkWYKwMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YzjfW3Qrlq8G2&#10;d9aFHi9A8jUuBuwr4LPsWmj3j59ITCAU/ocbsTdKRqMPEVnFpCch8uBzdJWOVt5VksTz9G/OoLwh&#10;IjpLp86gntWIkNUjaL6TA2qQCMOZEvtu08piw6wA3dhm4AGMMMNXbENv+Z4bbcN7CGFgWByOCUMJ&#10;jIl1IEUzh8gwBIqkh1bwbYk7ndqKlfI6d3ABIMqTtpVTKzg/O3uWQ9DDEQzh+3wfFtFOaivVTdO2&#10;vhCtRDDzWZZ5dqxqmwKVCMeaan3ZGrJlOAL9b7hAz8xg1MjCO6sFK64H2bGmDTIEb4FduG6hdUOv&#10;r1XxCG1sVBis8CEAoVbmNyU9DNUFtb82zAhK2i8S7uJZcoy32PnF8ck8hYWZatZTDZMcXC2oo1B6&#10;FC9dmNwbbZqqhkiJT1eqzzCFygYb3eMLqIYFjAMv+REK0rMZPV17q6eP0vIPAAAA//8DAFBLAwQU&#10;AAYACAAAACEAPdETSN4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93E&#10;YBtiNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk72OO893nwvX0+mFQP1rrGsIF5EIIhLqxuuFHwf3p9S&#10;EM4ja2wtk4IrOVgX93c5ZtqO/EXD3lcilLDLUEHtfZdJ6cqaDLqF7YiDd7K9QR/OvpK6xzGUm1Y+&#10;R9FSGmw4fKixo21N5Xl/MQo+Rhw3Sfw27M6n7fX38PL5s4tJqceHafMKwtPk/8Mw4wd0KALT0V5Y&#10;O9EqSJMkJBUkqyWI2Y+jVVCOs5KCLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHyzRNb5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAD3RE0jeAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 161" o:spid="_x0000_s1027" style="position:absolute;left:833;top:376;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCM+hltwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjebKosuXaOIIHjdqrt7nG3GtthMShNr6683guBtHu9zluvOVKKlxpWWFUyjGARxZnXJ&#10;uYLjYTf5BOE8ssbKMinoycF6NRwsMdH2xt/Upj4XIYRdggoK7+tESpcVZNBFtiYO3Nk2Bn2ATS51&#10;g7cQbio5i+O5NFhyaCiwpm1B2SW9GgXctx/p7Ld3eir/Jd1/qr9delJqPOo2XyA8df4tfrn3Osyf&#10;L+D5TLhArh4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjPoZbcAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20CE3941" wp14:editId="22773BD2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>480695</wp:posOffset>
                 </wp:positionV>
@@ -5774,51 +5774,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="60CD0610" id="Group 158" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:37.85pt;width:512pt;height:.1pt;z-index:-251660288;mso-position-horizontal-relative:page" coordorigin="833,757" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBndi2q+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JU3SGk2KoTcM&#10;6LYCzT5AkeULZkuapMRpv36kZKduumJAFyA2JVLk4SFFn1/s2oZshbG1kguaHMeUCMlVXstyQX+u&#10;bo5OKbGOyZw1SooFfRSWXiw/fjjvdCZSVakmF4aAE2mzTi9o5ZzOosjySrTMHistJCgLZVrmYGnK&#10;KDesA+9tE6VxPIs6ZXJtFBfWwu5VUNKl918UgrsfRWGFI82CAjbnn8Y/1/iMlucsKw3TVc17GOwd&#10;KFpWSwi6d3XFHCMbU79y1dbcKKsKd8xVG6miqLnwOUA2SXyQza1RG+1zKbOu1HuagNoDnt7tln/f&#10;3hr9oO9NQA/ineK/LPASdbrMxnpcl8GYrLtvKod6so1TPvFdYVp0ASmRnef3cc+v2DnCYXM2jdOT&#10;GMrAQZek855+XkGN8NDpZEIJqObTeSgMr677owmeDAdT1EUsCxE9yh4VVh3ayD4zZf+PqYeKaeEL&#10;YJGJe0PqHJDPppRI1kL6N0YIbE6STM8QFsYHw4FPOyZzpEEzC5z/k8ZXjAxUvskHy/jGuluhfDXY&#10;9s660OM5SL7GeY99BXwWbQPt/vmIxARC4b+/EXujZDD6FJFVTDoSIvc+B1fpYOVdJUk8T//mDMob&#10;IqKzdOwM6lkOCFk1gOY72aMGiTCcKbHvNq0sNswK0A1tBh7ACDN8wzb0lu+5wTa8+xAGhsXhmDCU&#10;wJhYB1I0c4gMQ6BIOmgF35a406qtWCmvcwcXAKI8axs5toLzk7MXOQQ9HMEQvs/3YRHtqLZS3dRN&#10;4wvRSAQzn8xmnh2rmjpHJcKxplxfNoZsGY5A/+sv0AszGDUy984qwfLrXnasboIMwRtgF65baN3Q&#10;62uVP0IbGxUGK3wIQKiUeaKkg6G6oPb3hhlBSfNVwl08S07wFju/OJnOU1iYsWY91jDJwdWCOgql&#10;R/HShcm90aYuK4iU+HSl+gJTqKix0T2+gKpfwDjwkh+hIL2Y0eO1t3r+KC3/AAAA//8DAFBLAwQU&#10;AAYACAAAACEALeED5t4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93E&#10;UFNjNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk56nPceb76XryfTioF611hWEC8iEMSl1Q1XCr4Obw8r&#10;EM4ja2wtk4IrOVgXtzc5ZtqO/EnD3lcilLDLUEHtfZdJ6cqaDLqF7YiDd7K9QR/OvpK6xzGUm1Y+&#10;RtGTNNhw+FBjR9uayvP+YhS8jzhukvh12J1P2+vPYfnxvYtJqfu7afMCwtPk/8Iw4wd0KALT0V5Y&#10;O9EqWCVJSCpIlymI2Y+jNCjHWXkGWeTy/4LiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGd2Lar5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAC3hA+beAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="2256AFD9" id="Group 158" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:37.85pt;width:512pt;height:.1pt;z-index:-251660288;mso-position-horizontal-relative:page" coordorigin="833,757" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBndi2q+QIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JU3SGk2KoTcM&#10;6LYCzT5AkeULZkuapMRpv36kZKduumJAFyA2JVLk4SFFn1/s2oZshbG1kguaHMeUCMlVXstyQX+u&#10;bo5OKbGOyZw1SooFfRSWXiw/fjjvdCZSVakmF4aAE2mzTi9o5ZzOosjySrTMHistJCgLZVrmYGnK&#10;KDesA+9tE6VxPIs6ZXJtFBfWwu5VUNKl918UgrsfRWGFI82CAjbnn8Y/1/iMlucsKw3TVc17GOwd&#10;KFpWSwi6d3XFHCMbU79y1dbcKKsKd8xVG6miqLnwOUA2SXyQza1RG+1zKbOu1HuagNoDnt7tln/f&#10;3hr9oO9NQA/ineK/LPASdbrMxnpcl8GYrLtvKod6so1TPvFdYVp0ASmRnef3cc+v2DnCYXM2jdOT&#10;GMrAQZek855+XkGN8NDpZEIJqObTeSgMr677owmeDAdT1EUsCxE9yh4VVh3ayD4zZf+PqYeKaeEL&#10;YJGJe0PqHJDPppRI1kL6N0YIbE6STM8QFsYHw4FPOyZzpEEzC5z/k8ZXjAxUvskHy/jGuluhfDXY&#10;9s660OM5SL7GeY99BXwWbQPt/vmIxARC4b+/EXujZDD6FJFVTDoSIvc+B1fpYOVdJUk8T//mDMob&#10;IqKzdOwM6lkOCFk1gOY72aMGiTCcKbHvNq0sNswK0A1tBh7ACDN8wzb0lu+5wTa8+xAGhsXhmDCU&#10;wJhYB1I0c4gMQ6BIOmgF35a406qtWCmvcwcXAKI8axs5toLzk7MXOQQ9HMEQvs/3YRHtqLZS3dRN&#10;4wvRSAQzn8xmnh2rmjpHJcKxplxfNoZsGY5A/+sv0AszGDUy984qwfLrXnasboIMwRtgF65baN3Q&#10;62uVP0IbGxUGK3wIQKiUeaKkg6G6oPb3hhlBSfNVwl08S07wFju/OJnOU1iYsWY91jDJwdWCOgql&#10;R/HShcm90aYuK4iU+HSl+gJTqKix0T2+gKpfwDjwkh+hIL2Y0eO1t3r+KC3/AAAA//8DAFBLAwQU&#10;AAYACAAAACEALeED5t4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm93E&#10;UFNjNqUU9VQEW0G8TbPTJDQ7G7LbJP33bk56nPceb76XryfTioF611hWEC8iEMSl1Q1XCr4Obw8r&#10;EM4ja2wtk4IrOVgXtzc5ZtqO/EnD3lcilLDLUEHtfZdJ6cqaDLqF7YiDd7K9QR/OvpK6xzGUm1Y+&#10;RtGTNNhw+FBjR9uayvP+YhS8jzhukvh12J1P2+vPYfnxvYtJqfu7afMCwtPk/8Iw4wd0KALT0V5Y&#10;O9EqWCVJSCpIlymI2Y+jNCjHWXkGWeTy/4LiFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AGd2Lar5AgAA3AYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAC3hA+beAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 159" o:spid="_x0000_s1027" style="position:absolute;left:833;top:757;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATZCKBwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjebKqssXaOIIHjdqrt7nG3GtthMShNr6683guBtHu9zluvOVKKlxpWWFUyjGARxZnXJ&#10;uYLjYTf5BOE8ssbKMinoycF6NRwsMdH2xt/Upj4XIYRdggoK7+tESpcVZNBFtiYO3Nk2Bn2ATS51&#10;g7cQbio5i+OFNFhyaCiwpm1B2SW9GgXctx/p7Ld3eir/Jd1/qr9delJqPOo2XyA8df4tfrn3Osxf&#10;zOH5TLhArh4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE2QigcAAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="533EAC86" wp14:editId="266D643A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>728345</wp:posOffset>
                 </wp:positionV>
@@ -5897,51 +5897,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="579CA03C" id="Group 156" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:57.35pt;width:512pt;height:.1pt;z-index:-251659264;mso-position-horizontal-relative:page" coordorigin="833,1147" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpQZUT9wIAAN8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jk6hXptBGcWEtvL0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsdzFYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcXp4cx+k8&#10;hjJw0CXpYqCf11AjvHQ6m1GCqmS+CJXh9fVwN8Gr4WaKuohlIaSHOcDCskMf2Seq7P9R9VAzLXwF&#10;LFJxb0hTAL4TwClZB/nfGCGwO0ly7CFjfDAcCbVTNicaNLNA+j95fEnJSOarhLCMb6y7FcrXg23v&#10;rAtdXoDkq1wM4FdAaNm10PAfP5GYQCz8DjOxN0pGow8RWcWkJyHy4HN0lY5W3lWSxIv0b86AuBAR&#10;naVTZ1DQakTI6hE038kBNUiE4VaJfb9pZbFlVoBubDTwAEaY4Su2obt814224XcIYWBdHC4KQwks&#10;inUgRTOHyDAEiqSHXvB9iW86tRUr5XXuYAQgypO2lVMruD87e5ZD0MMVDOEbfR8W0U5qK9VN07a+&#10;EK1EMGk8SwM9VrVNgVrEY021vmwN2TLcgv4zjNAzM9g2svDeasGK60F2rGmDDNFboBcGLjRvmLa1&#10;Kh6hkY0KuxX+C0ColflNSQ97Naf214YZQUn7RcI0niVznGPnD/PjBeAlZqpZTzVMcnCVU0eh9ihe&#10;urC8N9o0VQ2REt8NUn2GRVQ22OkeX0A1HGAheMlvUZCerenp2Vs9/S8t/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADtfZ/bgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQhu8mvsNmTLzJdq0K&#10;1m4JIeqJkAgmhNvQDm1Dd7fpLm15ewcvepxv/vzzTTofTSN66nztrAY1iUCQzV1R21LD9/bjYQbC&#10;B7QFNs6Shgt5mGe3NykmhRvsF/WbUAousT5BDVUIbSKlzysy6CeuJcu7o+sMBh67UhYdDlxuGvkY&#10;RS/SYG35QoUtLSvKT5uz0fA54LCI1Xu/Oh2Xl/32eb1bKdL6/m5cvIEINIa/MFz1WR0ydjq4sy28&#10;aDTM4piTzNXTFMQ1oKIpo8MvegWZpfL/D9kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKlBlRP3AgAA3wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADtfZ/bgAAAACwEAAA8AAAAAAAAAAAAAAAAAUQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="04253E96" id="Group 156" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:57.35pt;width:512pt;height:.1pt;z-index:-251659264;mso-position-horizontal-relative:page" coordorigin="833,1147" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpQZUT9wIAAN8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk4eEl5xe7riVbYWyjZE6To5gSIbkqGlnl9Mfq&#10;5tMpJdYxWbBWSZHTR2HpxfL9u/NeZyJVtWoLYQg4kTbrdU5r53QWRZbXomP2SGkhQVkq0zEHR1NF&#10;hWE9eO/aKI3jk6hXptBGcWEtvL0KSrr0/stScPe9LK1wpM0pYHP+afxzjc9oec6yyjBdN3yAwd6A&#10;omONhKB7V1fMMbIxzQtXXcONsqp0R1x1kSrLhgufA2STxAfZ3Bq10T6XKusrvacJqD3g6c1u+bft&#10;rdEP+t4E9CDeKf7TAi9Rr6tsqsdzFYzJuv+qCqgn2zjlE9+VpkMXkBLZeX4f9/yKnSMcXp4cx+k8&#10;hjJw0CXpYqCf11AjvHQ6m1GCqmS+CJXh9fVwN8Gr4WaKuohlIaSHOcDCskMf2Seq7P9R9VAzLXwF&#10;LFJxb0hTAL4TwClZB/nfGCGwO0ly7CFjfDAcCbVTNicaNLNA+j95fEnJSOarhLCMb6y7FcrXg23v&#10;rAtdXoDkq1wM4FdAaNm10PAfP5GYQCz8DjOxN0pGow8RWcWkJyHy4HN0lY5W3lWSxIv0b86AuBAR&#10;naVTZ1DQakTI6hE038kBNUiE4VaJfb9pZbFlVoBubDTwAEaY4Su2obt814224XcIYWBdHC4KQwks&#10;inUgRTOHyDAEiqSHXvB9iW86tRUr5XXuYAQgypO2lVMruD87e5ZD0MMVDOEbfR8W0U5qK9VN07a+&#10;EK1EMGk8SwM9VrVNgVrEY021vmwN2TLcgv4zjNAzM9g2svDeasGK60F2rGmDDNFboBcGLjRvmLa1&#10;Kh6hkY0KuxX+C0ColflNSQ97Naf214YZQUn7RcI0niVznGPnD/PjBeAlZqpZTzVMcnCVU0eh9ihe&#10;urC8N9o0VQ2REt8NUn2GRVQ22OkeX0A1HGAheMlvUZCerenp2Vs9/S8t/wAAAP//AwBQSwMEFAAG&#10;AAgAAAAhADtfZ/bgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwkAQhu8mvsNmTLzJdq0K&#10;1m4JIeqJkAgmhNvQDm1Dd7fpLm15ewcvepxv/vzzTTofTSN66nztrAY1iUCQzV1R21LD9/bjYQbC&#10;B7QFNs6Shgt5mGe3NykmhRvsF/WbUAousT5BDVUIbSKlzysy6CeuJcu7o+sMBh67UhYdDlxuGvkY&#10;RS/SYG35QoUtLSvKT5uz0fA54LCI1Xu/Oh2Xl/32eb1bKdL6/m5cvIEINIa/MFz1WR0ydjq4sy28&#10;aDTM4piTzNXTFMQ1oKIpo8MvegWZpfL/D9kPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKlBlRP3AgAA3wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhADtfZ/bgAAAACwEAAA8AAAAAAAAAAAAAAAAAUQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 157" o:spid="_x0000_s1027" style="position:absolute;left:833;top:1147;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBpk1BixQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvC75DGMGbolldFF2N0hak3lTw5wGGzbgJbibLJtW1T28Khd7NcM535sxq07la3KgN1rOC8SgD&#10;QVx6bblScD5th3MQISJrrD2TggcF2Kx7LysstL/zgW7HWIkUwqFABSbGppAylIYchpFviJN28a3D&#10;mNa2krrFewp3tZxk2Uw6tJwuGGzow1B5PX67VKOa2oUpzcPmUxq/f32+/kzyvVKDfve2BBGpi//m&#10;P3qnEzfL4feZNIFcPwEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBpk1BixQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>poku</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-16"/>
@@ -6794,51 +6794,50 @@
       <w:pPr>
         <w:sectPr w:rsidR="00EF2093">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11905" w:h="16840"/>
           <w:pgMar w:top="1580" w:right="720" w:bottom="1740" w:left="720" w:header="671" w:footer="1559" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE14BED" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00E14158">
       <w:pPr>
         <w:spacing w:before="1" w:line="130" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="13"/>
           <w:szCs w:val="13"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4DAACCDA" wp14:editId="2C81A17C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>537210</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27305</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6502400" cy="307975"/>
                 <wp:effectExtent l="0" t="0" r="12700" b="15875"/>
                 <wp:wrapNone/>
                 <wp:docPr id="277" name="Group 215"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
@@ -6993,51 +6992,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="30EC9834" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.3pt;margin-top:2.15pt;width:512pt;height:24.25pt;z-index:-251629568;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu7sTKhgMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu2zgQfV9g/4Hg4xaNLnZiR4hTFG0T&#10;LJBegLofQFPUBZVIlaQtp1/fQ1JyFKdBt91i9yUB4ow8w+HM4ZlD5eLFvm3ITmhTK7miyUlMiZBc&#10;5bUsV/TT+ur5khJjmcxZo6RY0Vth6IvLP/+46LtMpKpSTS40QRJpsr5b0craLosiwyvRMnOiOiHh&#10;LJRumcWjLqNcsx7Z2yZK4/gs6pXOO624MAbfvg5OeunzF4Xg9n1RGGFJs6KozfpP7T837jO6vGBZ&#10;qVlX1Xwog/1CFS2rJTY9pHrNLCNbXT9I1dZcK6MKe8JVG6miqLnwPaCbJD7q5lqrbed7KbO+7A4w&#10;AdojnH45LX+3u9bdx+6DDtXDvFH8swEuUd+V2dTvnssQTDb9W5XjPNnWKt/4vtCtS4GWyN7je3vA&#10;V+wt4fjy7DRO5zGOgcM3ixfni9NwALzCKblly9mMEjjn82T0vBkWJ25tWDpf+nURy8KuvtKhMnfy&#10;Q5nBRAcfNKnzFU0XIKNkLcr2yJL01BPguE93ir8LhwcNjVhM2knHVn8KBL/qUQgwTeaOMObfEeZj&#10;xTrheWgcIQ5wno9wXmkh3IwCUX9ufecDR1qZKacmHhdmQL0fsukfo3jAg2V8a+y1UJ6UbHdjbBj1&#10;HJanej5QYQ1SFW2DqX/2nMQEW7nfQRgOQckY9FdE1jHpSTi/IeeYKh2jfKokiRfp95KB42FHlyyd&#10;JkP95Vghq8ai+V4OVcMizElr7IeuU8ZNzRrVjdOGDAhyHT4SGwbME3+MDX+HLTQ081gtNSVQy00A&#10;pWPWVea2cCbpoft+Nt03rdqJtfI+e6QD2OXO28hpFNbPQKZJD8GPJW4LaFEw/Lau2snZSnVVN40/&#10;iEa6YtJ4lgZ4jGrq3HldPUaXm1eNJjvmrgL/4/pBtnthkFyZ+2yVYPmbwbasboKN+AbwQnICd53I&#10;mGyj8lvwWKtwweBChFEp/ZWSHpfLipovW6YFJc3fEsN4nsydlln/MD9doF6ip57N1MMkR6oVtRRn&#10;78xXNtxg207XZYWdEs8GqV5CjYvaMd3XF6oaHqAH3ronjl7oHujkEuXc08nkzEH1X+jkeToPLPsJ&#10;nTys4dV3Lov/XyeXGM8A551OJouA6EQNQcTfpZMHRB5DESweL+zpLD3pJHRm0NQnnXzSSbwFDpqJ&#10;129Y997vp88+6u4fmstvAAAA//8DAFBLAwQUAAYACAAAACEAdyEKuN8AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzWrDMBCE74W8g9hAb43s/GFcr0MIbU+h0KRQettYG9vEkoyl2M7bVzk1x9kZ&#10;Zr7NNqNuRM+dq61BiGcRCDaFVbUpEb6P7y8JCOfJKGqsYYQbO9jkk6eMUmUH88X9wZcilBiXEkLl&#10;fZtK6YqKNbmZbdkE72w7TT7IrpSqoyGU60bOo2gtNdUmLFTU8q7i4nK4aoSPgYbtIn7r95fz7vZ7&#10;XH3+7GNGfJ6O21cQnkf/H4Y7fkCHPDCd7NUoJxqEZLkOSYTlAsTdjqMkHE4Iq3kCMs/k4wP5HwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDu7sTKhgMAABgNAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3IQq43wAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AOAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA7AYAAAAA&#10;">
+              <v:group w14:anchorId="4FB0BAB3" id="Group 215" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.3pt;margin-top:2.15pt;width:512pt;height:24.25pt;z-index:-251629568;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,485" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDu7sTKhgMAABgNAAAOAAAAZHJzL2Uyb0RvYy54bWzsV9tu2zgQfV9g/4Hg4xaNLnZiR4hTFG0T&#10;LJBegLofQFPUBZVIlaQtp1/fQ1JyFKdBt91i9yUB4ow8w+HM4ZlD5eLFvm3ITmhTK7miyUlMiZBc&#10;5bUsV/TT+ur5khJjmcxZo6RY0Vth6IvLP/+46LtMpKpSTS40QRJpsr5b0craLosiwyvRMnOiOiHh&#10;LJRumcWjLqNcsx7Z2yZK4/gs6pXOO624MAbfvg5OeunzF4Xg9n1RGGFJs6KozfpP7T837jO6vGBZ&#10;qVlX1Xwog/1CFS2rJTY9pHrNLCNbXT9I1dZcK6MKe8JVG6miqLnwPaCbJD7q5lqrbed7KbO+7A4w&#10;AdojnH45LX+3u9bdx+6DDtXDvFH8swEuUd+V2dTvnssQTDb9W5XjPNnWKt/4vtCtS4GWyN7je3vA&#10;V+wt4fjy7DRO5zGOgcM3ixfni9NwALzCKblly9mMEjjn82T0vBkWJ25tWDpf+nURy8KuvtKhMnfy&#10;Q5nBRAcfNKnzFU0XIKNkLcr2yJL01BPguE93ir8LhwcNjVhM2knHVn8KBL/qUQgwTeaOMObfEeZj&#10;xTrheWgcIQ5wno9wXmkh3IwCUX9ufecDR1qZKacmHhdmQL0fsukfo3jAg2V8a+y1UJ6UbHdjbBj1&#10;HJanej5QYQ1SFW2DqX/2nMQEW7nfQRgOQckY9FdE1jHpSTi/IeeYKh2jfKokiRfp95KB42FHlyyd&#10;JkP95Vghq8ai+V4OVcMizElr7IeuU8ZNzRrVjdOGDAhyHT4SGwbME3+MDX+HLTQ081gtNSVQy00A&#10;pWPWVea2cCbpoft+Nt03rdqJtfI+e6QD2OXO28hpFNbPQKZJD8GPJW4LaFEw/Lau2snZSnVVN40/&#10;iEa6YtJ4lgZ4jGrq3HldPUaXm1eNJjvmrgL/4/pBtnthkFyZ+2yVYPmbwbasboKN+AbwQnICd53I&#10;mGyj8lvwWKtwweBChFEp/ZWSHpfLipovW6YFJc3fEsN4nsydlln/MD9doF6ip57N1MMkR6oVtRRn&#10;78xXNtxg207XZYWdEs8GqV5CjYvaMd3XF6oaHqAH3ronjl7oHujkEuXc08nkzEH1X+jkeToPLPsJ&#10;nTys4dV3Lov/XyeXGM8A551OJouA6EQNQcTfpZMHRB5DESweL+zpLD3pJHRm0NQnnXzSSbwFDpqJ&#10;129Y997vp88+6u4fmstvAAAA//8DAFBLAwQUAAYACAAAACEAdyEKuN8AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzWrDMBCE74W8g9hAb43s/GFcr0MIbU+h0KRQettYG9vEkoyl2M7bVzk1x9kZ&#10;Zr7NNqNuRM+dq61BiGcRCDaFVbUpEb6P7y8JCOfJKGqsYYQbO9jkk6eMUmUH88X9wZcilBiXEkLl&#10;fZtK6YqKNbmZbdkE72w7TT7IrpSqoyGU60bOo2gtNdUmLFTU8q7i4nK4aoSPgYbtIn7r95fz7vZ7&#10;XH3+7GNGfJ6O21cQnkf/H4Y7fkCHPDCd7NUoJxqEZLkOSYTlAsTdjqMkHE4Iq3kCMs/k4wP5HwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDu7sTKhgMAABgNAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB3IQq43wAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AOAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA7AYAAAAA&#10;">
                 <v:group id="Group 250" o:spid="_x0000_s1027" style="position:absolute;left:833;top:441;width:10240;height:2" coordorigin="833,441" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2kYRbwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtIq6dI0isi57EMG6IN6GZmyLzaQ0sa3/3hwEj4/3vVz3phItNa60rCAeRyCIM6tL&#10;zhX8n3ajLxDOI2usLJOCBzlYrz4GS0y07fhIbepzEULYJaig8L5OpHRZQQbd2NbEgbvaxqAPsMml&#10;brAL4aaSkyiaS4Mlh4YCa9oWlN3Su1Hw22G3mcY/7f523T4up9nhvI9JqeFnv/kG4an3b/HL/acV&#10;TBZhbTgTjoBcPQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2kYRbwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 251" o:spid="_x0000_s1028" style="position:absolute;left:833;top:441;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWh5ApxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvBd8hTKE3RbOuWHU1ihZKe2PBnwcYNuMmdDNZNlHXPn1TKHh5OHO+M2e57lwtrtQG61nBaJiB&#10;IC69tlwpOB3fBzMQISJrrD2TgjsFWK/6vSUW2t94T9dDrESCcChQgYmxKaQMpSGHYegb4uSdfesw&#10;JtlWUrd4S3BXyzzLXqVDy6nBYENvhsrvw8WlN6qJnZvS3O14QqPt7uPlJx9/KfX81G0WICJ18XH8&#10;n/7UCvLpHP7GJALI1S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVoeQKcYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 216" o:spid="_x0000_s1029" style="position:absolute;left:833;top:924;width:10240;height:2" coordorigin="833,924" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9Mvh6wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L/kO4gjtNqyjSMRWRmWEWIvgAmd2lubalzU1pMm39+8lCcHk47+1uMLXoqHWlZQXxPAJBnFld&#10;cq7gdv2abUA4j6yxtkwKnuRgl45HW0y07flM3cXnIoSwS1BB4X2TSOmyggy6uW2IA/ewrUEfYJtL&#10;3WIfwk0tF1G0lgZLDg0FNnQoKKsuf0bBd4/9fhl/dsfqcXj+Xlen+zEmpaaTYf8BwtPg3+KX+0cr&#10;WGzC/HAmHAGZ/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9Mvh6wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 217" o:spid="_x0000_s1030" style="position:absolute;left:833;top:924;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCdJOwIxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9RawIx&#10;EITfC/6HsIIvRXN3ouhplFaQ9qWFqj9guayX4GVzXKKe/fVNodDHYXa+2Vlve9eIG3XBelaQTzIQ&#10;xJXXlmsFp+N+vAARIrLGxjMpeFCA7WbwtMZS+zt/0e0Qa5EgHEpUYGJsSylDZchhmPiWOHln3zmM&#10;SXa11B3eE9w1ssiyuXRoOTUYbGlnqLocri69Uc/s0lTmYaczyl8/3p6/i+mnUqNh/7ICEamP/8d/&#10;6XetoFjk8DsmEUBufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCdJOwIxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="342A98F7" w14:textId="77777777" w:rsidR="00E14158" w:rsidRDefault="00E14158" w:rsidP="00E14158">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="377"/>
         </w:tabs>
         <w:ind w:right="179"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Impact" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7170,51 +7169,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="47308A7B" id="Group 119" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxfUdD9wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQDWLT0NheH09XE3wZriYoi5iWYjoUQ6osOrQRvaJKft/TD3UrBO+&#10;ABaZuDekKRD5nBLFWkj/xgiBzUmS1CeD8cFw5NNOyZxo0MwC5/+k8QUjI5Wv8sEyvrHuVmhfDba9&#10;sy70eAGSr3ExYF8Bn2Urod0/fiIxgVD4HSZib5SMRh8isopJT0LkwefoKh2tvKskiRfp35xBeUNE&#10;dJZOnUE9qxEhq0fQfKcG1CARhjsl9t3WaYsNswJ0Y5uBBzDCDF+xDb3lyzTaht8hhIFlcbgmDCWw&#10;JtaBlI45RIYhUCQ9tIJvS3zT6q1Yaa9zBwMAUZ60Uk2t4P7s7FkOQQ9XMITv831YRDuprdI3jZS+&#10;EFIhmMVsPvfsWC2bApUIx5pqfSkN2TJcgf4zDNAzM1g1qvDOasGK60F2rJFBhuAS2IVxC60bZm2t&#10;i0doY6PDYoU/AhBqbX5T0sNSzan9tWFGUCK/KJjFs+QYp9j5w/HJAoaGmKlmPdUwxcFVTh2F0qN4&#10;6cLm3nSmqWqIlPh0lf4MW6hssNE9voBqOMA68JJfoSA929HTs7d6+lNa/gEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N5Jq2&#10;wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798fFyBC&#10;NGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr5ZNS&#10;L9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/JhtE&#10;q2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDx&#10;fUdD9wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
+              <v:group w14:anchorId="2F4475E9" id="Group 119" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251657216;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDxfUdD9wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQDWLT0NheH09XE3wZriYoi5iWYjoUQ6osOrQRvaJKft/TD3UrBO+&#10;ABaZuDekKRD5nBLFWkj/xgiBzUmS1CeD8cFw5NNOyZxo0MwC5/+k8QUjI5Wv8sEyvrHuVmhfDba9&#10;sy70eAGSr3ExYF8Bn2Urod0/fiIxgVD4HSZib5SMRh8isopJT0LkwefoKh2tvKskiRfp35xBeUNE&#10;dJZOnUE9qxEhq0fQfKcG1CARhjsl9t3WaYsNswJ0Y5uBBzDCDF+xDb3lyzTaht8hhIFlcbgmDCWw&#10;JtaBlI45RIYhUCQ9tIJvS3zT6q1Yaa9zBwMAUZ60Uk2t4P7s7FkOQQ9XMITv831YRDuprdI3jZS+&#10;EFIhmMVsPvfsWC2bApUIx5pqfSkN2TJcgf4zDNAzM1g1qvDOasGK60F2rJFBhuAS2IVxC60bZm2t&#10;i0doY6PDYoU/AhBqbX5T0sNSzan9tWFGUCK/KJjFs+QYp9j5w/HJAoaGmKlmPdUwxcFVTh2F0qN4&#10;6cLm3nSmqWqIlPh0lf4MW6hssNE9voBqOMA68JJfoSA929HTs7d6+lNa/gEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N5Jq2&#10;wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798fFyBC&#10;NGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr5ZNS&#10;L9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/JhtE&#10;q2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDx&#10;fUdD9wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 120" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB13AU2wQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LCN50YxCRmI2IIPTatNUep9kxG8zOhuw2Jv313UKht3m8z8kPo23FQL1vHCtYrxIQxJXT&#10;DdcK3l7Pyx0IH5A1to5JwUQeDsXTLMdMuwe/0FCGWsQQ9hkqMCF0mZS+MmTRr1xHHLmb6y2GCPta&#10;6h4fMdy2Mk2SrbTYcGww2NHJUHUvv6wCnoZNmV4nr9fyU9L3pf04l+9KLebjcQ8i0Bj+xX/uZx3n&#10;p1v4fSZeIIsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHXcBTbBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -7388,51 +7387,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="284635A9" id="Group 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA03QE19wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jk6jXpuiM5sJaeHsVlHTp/Zel4O57WVrhiMwpYHP+afxzjc9oec6yyrCubvgAg70B&#10;RcsaBUH3rq6YY2Rjmheu2oYbbXXpjrhuI12WDRc+B8gmiQ+yuTV60/lcqqyvuj1NQO0BT292y79t&#10;b0330N2bgB7EO81/WuAl6rsqm+rxXAVjsu6/6gLqyTZO+8R3pWnRBaREdp7fxz2/YucIh5cnx3E6&#10;j6EMHHRJuhjo5zXUCC+dzmaUgGoWn4bC8Pp6uJrgzXAxRV3EshDRoxxQYdWhjewTU/b/mHqoWSd8&#10;ASwycW9IUyDyOSWKtZD+jRECm5MkiYeM8cFw5NNOyZxo0MwC5/+k8QUjI5Wv8sEyvrHuVmhfDba9&#10;sy70eAGSr3ExYF8Bn2Urod0/fiIxgVD4HSZib5SMRh8isopJT0LkwefoKh2tvKskiRfp35xBeUNE&#10;dJZOnUE9qxEhq0fQfKcG1CARhjsl9t3WaYsNswJ0Y5uBBzDCDF+xDb3le260Db9DCAPL4nBNGEpg&#10;TawDKR1ziAxDoEh6aAXflvim1Vux0l7nDgYAojxppZpawf3Z2bMcgh6uYAjf5/uwiHZSW6VvGil9&#10;IaRCMIvZycKzY7VsClQiHGuq9aU0ZMtwBfrPMEDPzGDVqMI7qwUrrgfZsUYGGYJLYBfGLbRumLW1&#10;Lh6hjY0OixX+CECotflNSQ9LNaf214YZQYn8omAWz5I5TrHzh/nxIoWDmWrWUw1THFzl1FEoPYqX&#10;LmzuTWeaqoZIiU9X6c+whcoGG93jC6iGA6wDL/kVCtKzHT09e6unP6XlHwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N5Jq2&#10;wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798fFyBC&#10;NGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr5ZNS&#10;L9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/JhtE&#10;q2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0&#10;3QE19wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
+              <v:group w14:anchorId="53E2ED66" id="Group 117" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251656192;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA03QE19wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JWnTGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jk6jXpuiM5sJaeHsVlHTp/Zel4O57WVrhiMwpYHP+afxzjc9oec6yyrCubvgAg70B&#10;RcsaBUH3rq6YY2Rjmheu2oYbbXXpjrhuI12WDRc+B8gmiQ+yuTV60/lcqqyvuj1NQO0BT292y79t&#10;b0330N2bgB7EO81/WuAl6rsqm+rxXAVjsu6/6gLqyTZO+8R3pWnRBaREdp7fxz2/YucIh5cnx3E6&#10;j6EMHHRJuhjo5zXUCC+dzmaUgGoWn4bC8Pp6uJrgzXAxRV3EshDRoxxQYdWhjewTU/b/mHqoWSd8&#10;ASwycW9IUyDyOSWKtZD+jRECm5MkiYeM8cFw5NNOyZxo0MwC5/+k8QUjI5Wv8sEyvrHuVmhfDba9&#10;sy70eAGSr3ExYF8Bn2Urod0/fiIxgVD4HSZib5SMRh8isopJT0LkwefoKh2tvKskiRfp35xBeUNE&#10;dJZOnUE9qxEhq0fQfKcG1CARhjsl9t3WaYsNswJ0Y5uBBzDCDF+xDb3le260Db9DCAPL4nBNGEpg&#10;TawDKR1ziAxDoEh6aAXflvim1Vux0l7nDgYAojxppZpawf3Z2bMcgh6uYAjf5/uwiHZSW6VvGil9&#10;IaRCMIvZycKzY7VsClQiHGuq9aU0ZMtwBfrPMEDPzGDVqMI7qwUrrgfZsUYGGYJLYBfGLbRumLW1&#10;Lh6hjY0OixX+CECotflNSQ9LNaf214YZQYn8omAWz5I5TrHzh/nxIoWDmWrWUw1THFzl1FEoPYqX&#10;LmzuTWeaqoZIiU9X6c+whcoGG93jC6iGA6wDL/kVCtKzHT09e6unP6XlHwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N5Jq2&#10;wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798fFyBC&#10;NGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr5ZNS&#10;L9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/JhtE&#10;q2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0&#10;3QE19wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 118" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDP5OF/xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/Q/LFLyZTaXVErNKKRREUDHtwdyG7DQJzc6m2TVJ/70rCL3N431OuhlNI3rqXG1ZwVMUgyAu&#10;rK65VPD1+TF7BeE8ssbGMin4Iweb9cMkxUTbgU/UZ74UIYRdggoq79tESldUZNBFtiUO3LftDPoA&#10;u1LqDocQbho5j+OFNFhzaKiwpfeKip/sYhTI8qXB0355yM7b42L3m+sxX3qlpo/j2wqEp9H/i+/u&#10;rQ7z589weyZcINdXAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/k4X/EAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l10239,e" filled="f" strokeweight=".20464mm">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
@@ -7653,51 +7652,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="535E2113" id="Group 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251654144;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDefNdP9QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVelu2zAM/j9g7yDo54bVR3oaTYqhFwZ0&#10;W4FmD6DI8oHJkiYpcbqnHynZqZuuGNAFiEOZFPnx45Hzi20nyUZY12o1p9lBSolQXJetquf0x/Lm&#10;0yklzjNVMqmVmNNH4ejF4v27894UIteNlqWwBJwoV/RmThvvTZEkjjeiY+5AG6FAWWnbMQ9HWyel&#10;ZT1472SSp+lx0mtbGqu5cA7eXkUlXQT/VSW4/15VTngi5xSw+fC04bnCZ7I4Z0VtmWlaPsBgb0DR&#10;sVZB0J2rK+YZWdv2hauu5VY7XfkDrrtEV1XLRcgBssnSvWxurV6bkEtd9LXZ0QTU7vH0Zrf82+bW&#10;mgdzbyN6EO80/+mAl6Q3dTHV47mOxmTVf9Ul1JOtvQ6JbyvboQtIiWwDv487fsXWEw4vj4/S/DCF&#10;MnDQZfnJQD9voEZ46XQ2owRUs7PDWBjeXA9XM7wZL+aoS1gRIwaUAyqsOrSRe2LK/R9TDw0zIhTA&#10;IRP3lrQlIgckinWQ/o0VApuTZFmAjPHBcOTTTcmcaNDMAef/pPEFIyOVr/LBCr52/lboUA22uXM+&#10;9ngJUqhxOWBfQhZVJ6HdP34iKYFQ+B0mYmeUjUYfErJMSU9i5MHn6CofrYKrLEtP8r85g/LGiOgs&#10;nzqDetYjQtaMoPlWDahBIgx3Shq6zWiHDbMEdGObgQcwwgxfsY29FXputI2/QwgLy2J/TVhKYE2s&#10;IimGeUSGIVAkPbRCaEt80+mNWOqg83sDAFGetFJNreD+7OxZDlEPVzBE6PNdWEQ7qa3SN62UoRBS&#10;IZg8nUFnIgSnZVuiNhxsvbqUlmwY7sDwGSbomRnsGlUGb41g5fUge9bKKEN0CfTCvMXejcO20uUj&#10;9LHVcbPCPwEIjba/Kelhq86p+7VmVlAivygYxrPsEMfYh8Ph0QlOkp1qVlMNUxxczamnUHsUL31c&#10;3Wtj27qBSFlIV+nPsIaqFjs94IuohgPsgyCFHQrSsyU9PQerp3+lxR8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDrXrYz3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMCpQ1x&#10;qqoCThUSLRLqbRtvk6jxOordJP17nBMcd2Y0+yZbjaYRPXWutqwgnkUgiAuray4VfO/fHxYgnEfW&#10;2FgmBVdysMpvbzJMtR34i/qdL0UoYZeigsr7NpXSFRUZdDPbEgfvZDuDPpxdKXWHQyg3jXyMork0&#10;WHP4UGFLm4qK8+5iFHwMOKyT+K3fnk+b62H//PmzjUmp+7tx/QrC0+j/wjDhB3TIA9PRXlg70ShY&#10;JElIKkiWTyAmP45egnKclDnIPJP/F+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN58&#10;10/1AgAA3QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOtetjPfAAAACQEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;">
+              <v:group w14:anchorId="773CC8C9" id="Group 113" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:19.7pt;width:512pt;height:.1pt;z-index:-251654144;mso-position-horizontal-relative:page" coordorigin="833,394" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDefNdP9QIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVelu2zAM/j9g7yDo54bVR3oaTYqhFwZ0&#10;W4FmD6DI8oHJkiYpcbqnHynZqZuuGNAFiEOZFPnx45Hzi20nyUZY12o1p9lBSolQXJetquf0x/Lm&#10;0yklzjNVMqmVmNNH4ejF4v27894UIteNlqWwBJwoV/RmThvvTZEkjjeiY+5AG6FAWWnbMQ9HWyel&#10;ZT1472SSp+lx0mtbGqu5cA7eXkUlXQT/VSW4/15VTngi5xSw+fC04bnCZ7I4Z0VtmWlaPsBgb0DR&#10;sVZB0J2rK+YZWdv2hauu5VY7XfkDrrtEV1XLRcgBssnSvWxurV6bkEtd9LXZ0QTU7vH0Zrf82+bW&#10;mgdzbyN6EO80/+mAl6Q3dTHV47mOxmTVf9Ul1JOtvQ6JbyvboQtIiWwDv487fsXWEw4vj4/S/DCF&#10;MnDQZfnJQD9voEZ46XQ2owRUs7PDWBjeXA9XM7wZL+aoS1gRIwaUAyqsOrSRe2LK/R9TDw0zIhTA&#10;IRP3lrQlIgckinWQ/o0VApuTZFmAjPHBcOTTTcmcaNDMAef/pPEFIyOVr/LBCr52/lboUA22uXM+&#10;9ngJUqhxOWBfQhZVJ6HdP34iKYFQ+B0mYmeUjUYfErJMSU9i5MHn6CofrYKrLEtP8r85g/LGiOgs&#10;nzqDetYjQtaMoPlWDahBIgx3Shq6zWiHDbMEdGObgQcwwgxfsY29FXputI2/QwgLy2J/TVhKYE2s&#10;IimGeUSGIVAkPbRCaEt80+mNWOqg83sDAFGetFJNreD+7OxZDlEPVzBE6PNdWEQ7qa3SN62UoRBS&#10;IZg8nUFnIgSnZVuiNhxsvbqUlmwY7sDwGSbomRnsGlUGb41g5fUge9bKKEN0CfTCvMXejcO20uUj&#10;9LHVcbPCPwEIjba/Kelhq86p+7VmVlAivygYxrPsEMfYh8Ph0QlOkp1qVlMNUxxczamnUHsUL31c&#10;3Wtj27qBSFlIV+nPsIaqFjs94IuohgPsgyCFHQrSsyU9PQerp3+lxR8AAAD//wMAUEsDBBQABgAI&#10;AAAAIQDrXrYz3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqBMCpQ1x&#10;qqoCThUSLRLqbRtvk6jxOordJP17nBMcd2Y0+yZbjaYRPXWutqwgnkUgiAuray4VfO/fHxYgnEfW&#10;2FgmBVdysMpvbzJMtR34i/qdL0UoYZeigsr7NpXSFRUZdDPbEgfvZDuDPpxdKXWHQyg3jXyMork0&#10;WHP4UGFLm4qK8+5iFHwMOKyT+K3fnk+b62H//PmzjUmp+7tx/QrC0+j/wjDhB3TIA9PRXlg70ShY&#10;JElIKkiWTyAmP45egnKclDnIPJP/F+S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN58&#10;10/1AgAA3QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AOtetjPfAAAACQEAAA8AAAAAAAAAAAAAAAAATwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAABbBgAAAAA=&#10;">
                 <v:shape id="Freeform 114" o:spid="_x0000_s1027" style="position:absolute;left:833;top:394;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPK3fVxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoKXYjdNqdjYTVBB9FLB2h8wZMfsYnY2ZNc29dc7B6G3ecz73rzZNlPo1ZHG5CMbWC4K&#10;UMRttJ47A4fPl9t7UCkjW+wjk4EzJWjqq9kWKxtP/EHHfe6UhHCq0IDLeai0Tq2jgGkRB2LZfcUx&#10;YBY5dtqOeJLw0OuyKO50QM9yweFAz47a7/1PkBrd2m9c685+tabl0+51/luu3o25uZ4eH0BlmvLF&#10;/E+/WeFKqS/PyAS6/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAPK3fVxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
@@ -7934,51 +7933,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0A2A8E40" id="Group 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:18.9pt;width:512pt;height:.1pt;z-index:-251653120;mso-position-horizontal-relative:page" coordorigin="833,378" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsPlMq9wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQDVbnIbC8Pp6uJrgzXAxRV3EshDRoxxQYdWhjewTU/b/mHqoWSd8&#10;ASwycW9IUwDyBJpasRbSvzFCYHOSJPGwMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrtq8G2&#10;d9aFHi9A8jUuBuwr4LNsJbT7x08kJhAKv8NE7I2S0ehDRFYx6UmIPPgcXaWjlXeVJPEi/ZszKG+I&#10;iM7SqTOoZzUiZPUImu/UgBokwnCnxL7bOm2xYVaAbmwz8ABGmOErtqG3fM+NtuF3CGFgWRyuCUMJ&#10;rIl1IKVjDpFhCBRJD63g2xLftHorVtrr3MEAQJQnrVRTK7g/O3uWQ9DDFQzh+3wfFtFOaqv0TSOl&#10;L4RUCGYxm889O1bLpkAlwrGmWl9KQ7YMV6D/DAP0zAxWjSq8s1qw4nqQHWtkkCG4BHZh3ELrhllb&#10;6+IR2tjosFjhjwCEWpvflPSwVHNqf22YEZTILwpm8Sw5xil2/nB8skjhYKaa9VTDFAdXOXUUSo/i&#10;pQube9OZpqohUuLTVfozbKGywUb3+AKq4QDrwEt+hYL0bEdPz97q6U9p+QcAAP//AwBQSwMEFAAG&#10;AAgAAAAhACdvSVXeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdjUEb&#10;YjalFPVUBFtBvG2z0yQ0Oxuy2yT9905Pepz3Hm++V6xm14kRh9B60pAsFAikytuWag1f+7eHDESI&#10;hqzpPKGGCwZYlbc3hcmtn+gTx12sBZdQyI2GJsY+lzJUDToTFr5HYu/oB2cin0Mt7WAmLnedfFTq&#10;WTrTEn9oTI+bBqvT7uw0vE9mWqfJ67g9HTeXn/3Tx/c2Qa3v7+b1C4iIc/wLwxWf0aFkpoM/kw2i&#10;05ClKSc1pEtecPUTtWTlwEqmQJaF/L+g/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDs&#10;PlMq9wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAnb0lV3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
+              <v:group w14:anchorId="4574F78B" id="Group 111" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:18.9pt;width:512pt;height:.1pt;z-index:-251653120;mso-position-horizontal-relative:page" coordorigin="833,378" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsPlMq9wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQDVbnIbC8Pp6uJrgzXAxRV3EshDRoxxQYdWhjewTU/b/mHqoWSd8&#10;ASwycW9IUwDyBJpasRbSvzFCYHOSJPGwMD4YjnzaKZkTDZpZ4PyfNL5gZKTyVT5YxjfW3Qrtq8G2&#10;d9aFHi9A8jUuBuwr4LNsJbT7x08kJhAKv8NE7I2S0ehDRFYx6UmIPPgcXaWjlXeVJPEi/ZszKG+I&#10;iM7SqTOoZzUiZPUImu/UgBokwnCnxL7bOm2xYVaAbmwz8ABGmOErtqG3fM+NtuF3CGFgWRyuCUMJ&#10;rIl1IKVjDpFhCBRJD63g2xLftHorVtrr3MEAQJQnrVRTK7g/O3uWQ9DDFQzh+3wfFtFOaqv0TSOl&#10;L4RUCGYxm889O1bLpkAlwrGmWl9KQ7YMV6D/DAP0zAxWjSq8s1qw4nqQHWtkkCG4BHZh3ELrhllb&#10;6+IR2tjosFjhjwCEWpvflPSwVHNqf22YEZTILwpm8Sw5xil2/nB8skjhYKaa9VTDFAdXOXUUSo/i&#10;pQube9OZpqohUuLTVfozbKGywUb3+AKq4QDrwEt+hYL0bEdPz97q6U9p+QcAAP//AwBQSwMEFAAG&#10;AAgAAAAhACdvSVXeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdjUEb&#10;YjalFPVUBFtBvG2z0yQ0Oxuy2yT9905Pepz3Hm++V6xm14kRh9B60pAsFAikytuWag1f+7eHDESI&#10;hqzpPKGGCwZYlbc3hcmtn+gTx12sBZdQyI2GJsY+lzJUDToTFr5HYu/oB2cin0Mt7WAmLnedfFTq&#10;WTrTEn9oTI+bBqvT7uw0vE9mWqfJ67g9HTeXn/3Tx/c2Qa3v7+b1C4iIc/wLwxWf0aFkpoM/kw2i&#10;05ClKSc1pEtecPUTtWTlwEqmQJaF/L+g/AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDs&#10;PlMq9wIAANwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAnb0lV3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 112" o:spid="_x0000_s1027" style="position:absolute;left:833;top:378;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClY/5iwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvg/4Ho8FurZMyRsnqhDIo9LqsW3tUYy0JjeUQe2myX18dBrtJvKf3Pm2LyXVqpCG0ng2kqwQU&#10;ceVty7WB48d+uQEVIrLFzjMZmClAkS8etphZf+N3GstYKwnhkKGBJsY+0zpUDTkMK98Ti/btB4dR&#10;1qHWdsCbhLtOr5PkRTtsWRoa7Omtoepa/jgDPI/P5fo0B5vqi6bfr+68Lz+NeXqcdq+gIk3x3/x3&#10;fbCCnwqtPCMT6PwOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApWP+YsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B5118EC" wp14:editId="2135F891">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>481330</wp:posOffset>
                 </wp:positionV>
@@ -8057,51 +8056,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="18640940" id="Group 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:37.9pt;width:512pt;height:.1pt;z-index:-251652096;mso-position-horizontal-relative:page" coordorigin="833,758" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOhZ239wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQLU4OQ2F4fX1cDXBm+FiirqIZSGiRzmgwqpDG9knpuz/MfVQs074&#10;Alhk4t6QpgDkyZwSxVpI/8YIgc1JksQng/HBcOTTTsmcaNDMAuf/pPEFIyOVr/LBMr6x7lZoXw22&#10;vbMu9HgBkq9xMWBfAZ9lK6HdP34iMYFQ+B0mYm+UjEYfIrKKSU9C5MHn6CodrbwrIGOR/s0ZlDdE&#10;RGfp1BnUsxoRsnoEzXdqQA0SYbhTYt9tnbbYMCtAN7YZeAAjzPAV29BbvkyjbfgdQhhYFodrwlAC&#10;a2IdSOmYQ2QYAkXSQyv4tsQ3rd6KlfY6dzAAEOVJK9XUCu7Pzp7lEPRwBUP4Pt+HRbST2ip900jp&#10;CyEVglnM5nPPjtWyKVCJcKyp1pfSkC3DFeg/wwA9M4NVowrvrBasuB5kxxoZZAgugV0Yt9C6YdbW&#10;uniENjY6LFb4IwCh1uY3JT0s1ZzaXxtmBCXyi4JZPEuOcYqdPxyfLFI4mKlmPdUwxcFVTh2F0qN4&#10;6cLm3nSmqWqIlPh0lf4MW6hssNE9voBqOMA68JJfoSA929HTs7d6+lNa/gEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJv1fX/fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+N5Jr8&#10;4FoOIbQ9hUKTQulNsTa2ibUylmI7b9/NqT3uzDD7Tb6eXCsG7EPjSUMyUyCQSm8bqjR8Hd6eViBC&#10;NGRN6wk1XDHAuri/y01m/UifOOxjJbiEQmY01DF2mZShrNGZMPMdEnsn3zsT+ewraXszcrlr5bNS&#10;C+lMQ/yhNh1uayzP+4vT8D6acZMmr8PufNpefw7zj+9dglo/PkybFxARp/gXhhs+o0PBTEd/IRtE&#10;q2GVppzUsJzzgpufqCUrR1YWCmSRy/8Lil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;joWdt/cCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAm/V9f98AAAAJAQAADwAAAAAAAAAAAAAAAABRBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
+              <v:group w14:anchorId="573E2A70" id="Group 109" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:37.9pt;width:512pt;height:.1pt;z-index:-251652096;mso-position-horizontal-relative:page" coordorigin="833,758" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOhZ239wIAANwGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGnWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZVLk4eEl5xe7VpKtMLbRKqfJUUyJUFwXjapy+mN1&#10;8+mUEuuYKpjUSuT0UVh6sXz/7rzvMpHqWstCGAJOlM36Lqe1c10WRZbXomX2SHdCgbLUpmUOjqaK&#10;CsN68N7KKI3jedRrU3RGc2EtvL0KSrr0/stScPe9LK1wROYUsDn/NP65xme0PGdZZVhXN3yAwd6A&#10;omWNgqB7V1fMMbIxzQtXbcONtrp0R1y3kS7LhgufA2STxAfZ3Bq96XwuVdZX3Z4moPaApze75d+2&#10;t6Z76O5NQA/ineY/LfAS9V2VTfV4roIxWfdfdQH1ZBunfeK70rToAlIiO8/v455fsXOEw8v5SZwe&#10;x1AGDrokXQz08xpqhJdOZzNKQLU4OQ2F4fX1cDXBm+FiirqIZSGiRzmgwqpDG9knpuz/MfVQs074&#10;Alhk4t6QpgDkyZwSxVpI/8YIgc1JksQng/HBcOTTTsmcaNDMAuf/pPEFIyOVr/LBMr6x7lZoXw22&#10;vbMu9HgBkq9xMWBfAZ9lK6HdP34iMYFQ+B0mYm+UjEYfIrKKSU9C5MHn6CodrbwrIGOR/s0ZlDdE&#10;RGfp1BnUsxoRsnoEzXdqQA0SYbhTYt9tnbbYMCtAN7YZeAAjzPAV29BbvkyjbfgdQhhYFodrwlAC&#10;a2IdSOmYQ2QYAkXSQyv4tsQ3rd6KlfY6dzAAEOVJK9XUCu7Pzp7lEPRwBUP4Pt+HRbST2ip900jp&#10;CyEVglnM5nPPjtWyKVCJcKyp1pfSkC3DFeg/wwA9M4NVowrvrBasuB5kxxoZZAgugV0Yt9C6YdbW&#10;uniENjY6LFb4IwCh1uY3JT0s1ZzaXxtmBCXyi4JZPEuOcYqdPxyfLFI4mKlmPdUwxcFVTh2F0qN4&#10;6cLm3nSmqWqIlPh0lf4MW6hssNE9voBqOMA68JJfoSA929HTs7d6+lNa/gEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJv1fX/fAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+N5Jr8&#10;4FoOIbQ9hUKTQulNsTa2ibUylmI7b9/NqT3uzDD7Tb6eXCsG7EPjSUMyUyCQSm8bqjR8Hd6eViBC&#10;NGRN6wk1XDHAuri/y01m/UifOOxjJbiEQmY01DF2mZShrNGZMPMdEnsn3zsT+ewraXszcrlr5bNS&#10;C+lMQ/yhNh1uayzP+4vT8D6acZMmr8PufNpefw7zj+9dglo/PkybFxARp/gXhhs+o0PBTEd/IRtE&#10;q2GVppzUsJzzgpufqCUrR1YWCmSRy/8Lil8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;joWdt/cCAADcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAm/V9f98AAAAJAQAADwAAAAAAAAAAAAAAAABRBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAF0GAAAAAA==&#10;">
                 <v:shape id="Freeform 110" o:spid="_x0000_s1027" style="position:absolute;left:833;top:758;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7sM+LwAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN62aUVk6RplEQSvVl09js1sW7aZlCbW1l9vBMHbPN7nLFa9qUVHrassK0iiGARxbnXF&#10;hYLDfvP5BcJ5ZI21ZVIwkIPVcvSxwFTbG++oy3whQgi7FBWU3jeplC4vyaCLbEMcuD/bGvQBtoXU&#10;Ld5CuKnlNI7n0mDFoaHEhtYl5f/Z1SjgoZtl09PgdCIvku6/9XmTHZWajPufbxCeev8Wv9xbHeYn&#10;c3g+Ey6QywcAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAu7DPi8AAAADcAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>poku</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:w w:val="105"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:spacing w:val="-16"/>
@@ -9054,51 +9053,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="15FC25F2" id="Group 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:-15.55pt;width:512pt;height:.1pt;z-index:-251651072;mso-position-horizontal-relative:page" coordorigin="833,-311" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR5Avp+gIAAN8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JV0vRpNi6A0D&#10;uq1Asw9QZPmCyZImKXG6rx8p2ambrhjQBYgjmdTh4SHFnF9sO0k2wrpWqznNDlNKhOK6bFU9pz+W&#10;NwenlDjPVMmkVmJOH4WjF4v37857U4hcN1qWwhIAUa7ozZw23psiSRxvRMfcoTZCgbHStmMetrZO&#10;Sst6QO9kkqfpcdJrWxqruXAO3l5FI10E/KoS3H+vKic8kXMK3Hx42vBc4TNZnLOitsw0LR9osDew&#10;6FirIOgO6op5Rta2fQHVtdxqpyt/yHWX6KpquQg5QDZZupfNrdVrE3Kpi742O5lA2j2d3gzLv21u&#10;rXkw9zayh+Wd5j8d6JL0pi6mdtzX0Zms+q+6hHqytdch8W1lO4SAlMg26Pu401dsPeHw8vhTmh+l&#10;UAYOtiw/GeTnDdQID53OZpSA6WCWZbEyvLkezmZ4NJ7M0ZawIoYMNAdaWHboI/cklfs/qR4aZkSo&#10;gEMp7i1pS6CeHVGiWAf531ghsDtJlp4iLYwPjqOgbqrmxIJuDkT/p44vJRnFfFUQVvC187dCh3qw&#10;zZ3zsctLWIUqlwP5JQhadRIa/uMBSQnEwu9wJ3ZO2ej0ISHLlPSQKpZiwByh8tErQGVZepL/DQwK&#10;HCMiWD4Fg4LWI0PWjKT5Vg2sYUUYTpU09JvRDltmCezGRgMEcMIMX/GN3RWoj77xdwhhYVzsDwpL&#10;CQyKVUzXMI/MMAQuSQ+9EMTAN53eiKUONr93BSDKk1WqqRecn509yyHa4QiGCI2+C4tsJ7VV+qaV&#10;MhRCKiSTp7M8yuO0bEu0Ih9n69WltGTDcAqGD+YDaM/cYNqoMqA1gpXXw9qzVsY1+EuQFy5cbN7Y&#10;7StdPkIjWx1nK/wXwKLR9jclPczVOXW/1swKSuQXBbfxLDvCe+zD5ujTCfAldmpZTS1McYCaU0+h&#10;9ri89HF4r41t6wYiZaEblP4Mg6hqsdMDv8hq2MBACKswRWH1bExP98Hr6X9p8QcAAP//AwBQSwME&#10;FAAGAAgAAAAhAAGhmsDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;Eipg65pO0wScJqRtSIib13httSapmqzt3p70BEf//vT7c7YeTcN66nztrAI5F8DIFk7XtlTwdXyf&#10;LYD5gFZj4ywpuJGHdX5/l2Gq3WD31B9CyWKJ9SkqqEJoU859UZFBP3ct2bg7u85giGNXct3hEMtN&#10;w5+EeOEGaxsvVNjStqLicrgaBR8DDptEvvW7y3l7+zk+f37vJCn1+DBuVsACjeEPhkk/qkMenU7u&#10;arVnjYJFkkRSwSyREtgESPEao9MUiSXwPOP/f8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFHkC+n6AgAA3wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAAGhmsDgAAAACwEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;">
+              <v:group w14:anchorId="05356888" id="Group 107" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:-15.55pt;width:512pt;height:.1pt;z-index:-251651072;mso-position-horizontal-relative:page" coordorigin="833,-311" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBR5Avp+gIAAN8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JV0vRpNi6A0D&#10;uq1Asw9QZPmCyZImKXG6rx8p2ambrhjQBYgjmdTh4SHFnF9sO0k2wrpWqznNDlNKhOK6bFU9pz+W&#10;NwenlDjPVMmkVmJOH4WjF4v37857U4hcN1qWwhIAUa7ozZw23psiSRxvRMfcoTZCgbHStmMetrZO&#10;Sst6QO9kkqfpcdJrWxqruXAO3l5FI10E/KoS3H+vKic8kXMK3Hx42vBc4TNZnLOitsw0LR9osDew&#10;6FirIOgO6op5Rta2fQHVtdxqpyt/yHWX6KpquQg5QDZZupfNrdVrE3Kpi742O5lA2j2d3gzLv21u&#10;rXkw9zayh+Wd5j8d6JL0pi6mdtzX0Zms+q+6hHqytdch8W1lO4SAlMg26Pu401dsPeHw8vhTmh+l&#10;UAYOtiw/GeTnDdQID53OZpSA6WCWZbEyvLkezmZ4NJ7M0ZawIoYMNAdaWHboI/cklfs/qR4aZkSo&#10;gEMp7i1pS6CeHVGiWAf531ghsDtJlp4iLYwPjqOgbqrmxIJuDkT/p44vJRnFfFUQVvC187dCh3qw&#10;zZ3zsctLWIUqlwP5JQhadRIa/uMBSQnEwu9wJ3ZO2ej0ISHLlPSQKpZiwByh8tErQGVZepL/DQwK&#10;HCMiWD4Fg4LWI0PWjKT5Vg2sYUUYTpU09JvRDltmCezGRgMEcMIMX/GN3RWoj77xdwhhYVzsDwpL&#10;CQyKVUzXMI/MMAQuSQ+9EMTAN53eiKUONr93BSDKk1WqqRecn509yyHa4QiGCI2+C4tsJ7VV+qaV&#10;MhRCKiSTp7M8yuO0bEu0Ih9n69WltGTDcAqGD+YDaM/cYNqoMqA1gpXXw9qzVsY1+EuQFy5cbN7Y&#10;7StdPkIjWx1nK/wXwKLR9jclPczVOXW/1swKSuQXBbfxLDvCe+zD5ujTCfAldmpZTS1McYCaU0+h&#10;9ri89HF4r41t6wYiZaEblP4Mg6hqsdMDv8hq2MBACKswRWH1bExP98Hr6X9p8QcAAP//AwBQSwME&#10;FAAGAAgAAAAhAAGhmsDgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5b&#10;Eipg65pO0wScJqRtSIib13httSapmqzt3p70BEf//vT7c7YeTcN66nztrAI5F8DIFk7XtlTwdXyf&#10;LYD5gFZj4ywpuJGHdX5/l2Gq3WD31B9CyWKJ9SkqqEJoU859UZFBP3ct2bg7u85giGNXct3hEMtN&#10;w5+EeOEGaxsvVNjStqLicrgaBR8DDptEvvW7y3l7+zk+f37vJCn1+DBuVsACjeEPhkk/qkMenU7u&#10;arVnjYJFkkRSwSyREtgESPEao9MUiSXwPOP/f8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAFHkC+n6AgAA3wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAAGhmsDgAAAACwEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;">
                 <v:shape id="Freeform 108" o:spid="_x0000_s1027" style="position:absolute;left:833;top:-311;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+fLtrxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;EEXfhf5DmEJfRLOr3aKrUVpB2pcWqn7AsBk3wc1k2aS69uubguDbDPeeO3eW69414kxdsJ4V5OMM&#10;BHHlteVawWG/Hc1AhIissfFMCq4UYL16GCyx1P7C33TexVqkEA4lKjAxtqWUoTLkMIx9S5y0o+8c&#10;xrR2tdQdXlK4a+Qky16kQ8vpgsGWNoaq0+7HpRp1YeemMlc7LSh/+3wf/k6mX0o9PfavCxCR+ng3&#10;3+gPnbj8Gf6fSRPI1R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvny7a8YAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="cs-CZ"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="739AC3B1" wp14:editId="13524F32">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>528955</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>280035</wp:posOffset>
                 </wp:positionV>
@@ -9177,51 +9176,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6A77BFC5" id="Group 105" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:22.05pt;width:512pt;height:.1pt;z-index:-251650048;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANd0vW+AIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1penNaFIMvWFA&#10;txVo9gGKLF8wWdIkJU739SMlO3XTFQO6AHEokzo6PKSY84ttJ8lGWNdqNafZQUqJUFyXrarn9Mfy&#10;5tMpJc4zVTKplZjTR+HoxeL9u/PeFCLXjZalsARAlCt6M6eN96ZIEscb0TF3oI1Q4Ky07ZiHpa2T&#10;0rIe0DuZ5Gl6nPTalsZqLpyDt1fRSRcBv6oE99+ryglP5JwCNx+eNjxX+EwW56yoLTNNywca7A0s&#10;OtYqOHQHdcU8I2vbvoDqWm6105U/4LpLdFW1XIQcIJss3cvm1uq1CbnURV+bnUwg7Z5Ob4bl3za3&#10;1jyYexvZg3mn+U8HuiS9qYupH9d1DCar/qsuoZ5s7XVIfFvZDiEgJbIN+j7u9BVbTzi8PD5K81kK&#10;ZeDgy/KTQX7eQI1w0+nhISXgms2yWBjeXA9bM9wZN+boS1gRTwwsB1ZYdWgj96SU+z+lHhpmRCiA&#10;QyXuLWlLYJ7llCjWQfo3VghsTpKlx0gLz4fAUU83FXPiwTAHmv9TxheKjFK+qgcr+Nr5W6FDNdjm&#10;zvnY4yVYocblwH0JeladhHb/+ImkBI7C73AjdkHZGPQhIcuU9JApVmLAHKFAkAlUlqUn+d/AoLwx&#10;DMHyKRjUsx4ZsmYkzbdqYA0WYThT0tBtRjtsmCWwG9sMECAIM3wlNvZWoD7Gxt/hCAvDYn9MWEpg&#10;TKxiuoZ5ZIZHoEl6aIUgBr7p9EYsdfD5vQsApzx5pZpGwf7Ds2c5RD9swSNCn++ORbaT2ip900oZ&#10;CiEVksnTwzzK47RsS/QiH2fr1aW0ZMNwBoYP5gNoz8Jg1qgyoDWCldeD7Vkrow3xEuSF+xZ7Nzb7&#10;SpeP0MdWx8kK/wRgNNr+pqSHqTqn7teaWUGJ/KLgMp5lM7zGPixmRyfAl9ipZzX1MMUBak49hdqj&#10;eenj6F4b29YNnJSFblD6M4yhqsVOD/wiq2EB8yBYYYaC9WxIT9ch6ulfafEHAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAl3L5v3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3cRU&#10;LWk2pRT1VIS2gvQ2zU6T0OxsyG6T9N+7Oelx3nu8+V62Gk0jeupcbVlBPItAEBdW11wq+D58PC1A&#10;OI+ssbFMCm7kYJXf32WYajvwjvq9L0UoYZeigsr7NpXSFRUZdDPbEgfvbDuDPpxdKXWHQyg3jXyO&#10;oldpsObwocKWNhUVl/3VKPgccFgn8Xu/vZw3t+Ph5etnG5NSjw/jegnC0+j/wjDhB3TIA9PJXlk7&#10;0ShYJElIKpjPYxCTH0dvQTlNSgIyz+T/BfkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AA13S9b4AgAA3QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACXcvm/fAAAACQEAAA8AAAAAAAAAAAAAAAAAUgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
+              <v:group w14:anchorId="50D3AC5C" id="Group 105" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:22.05pt;width:512pt;height:.1pt;z-index:-251650048;mso-position-horizontal-relative:page" coordorigin="833,441" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANd0vW+AIAAN0GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1penNaFIMvWFA&#10;txVo9gGKLF8wWdIkJU739SMlO3XTFQO6AHEokzo6PKSY84ttJ8lGWNdqNafZQUqJUFyXrarn9Mfy&#10;5tMpJc4zVTKplZjTR+HoxeL9u/PeFCLXjZalsARAlCt6M6eN96ZIEscb0TF3oI1Q4Ky07ZiHpa2T&#10;0rIe0DuZ5Gl6nPTalsZqLpyDt1fRSRcBv6oE99+ryglP5JwCNx+eNjxX+EwW56yoLTNNywca7A0s&#10;OtYqOHQHdcU8I2vbvoDqWm6105U/4LpLdFW1XIQcIJss3cvm1uq1CbnURV+bnUwg7Z5Ob4bl3za3&#10;1jyYexvZg3mn+U8HuiS9qYupH9d1DCar/qsuoZ5s7XVIfFvZDiEgJbIN+j7u9BVbTzi8PD5K81kK&#10;ZeDgy/KTQX7eQI1w0+nhISXgms2yWBjeXA9bM9wZN+boS1gRTwwsB1ZYdWgj96SU+z+lHhpmRCiA&#10;QyXuLWlLYJ7llCjWQfo3VghsTpKlx0gLz4fAUU83FXPiwTAHmv9TxheKjFK+qgcr+Nr5W6FDNdjm&#10;zvnY4yVYocblwH0JeladhHb/+ImkBI7C73AjdkHZGPQhIcuU9JApVmLAHKFAkAlUlqUn+d/AoLwx&#10;DMHyKRjUsx4ZsmYkzbdqYA0WYThT0tBtRjtsmCWwG9sMECAIM3wlNvZWoD7Gxt/hCAvDYn9MWEpg&#10;TKxiuoZ5ZIZHoEl6aIUgBr7p9EYsdfD5vQsApzx5pZpGwf7Ds2c5RD9swSNCn++ORbaT2ip900oZ&#10;CiEVksnTwzzK47RsS/QiH2fr1aW0ZMNwBoYP5gNoz8Jg1qgyoDWCldeD7Vkrow3xEuSF+xZ7Nzb7&#10;SpeP0MdWx8kK/wRgNNr+pqSHqTqn7teaWUGJ/KLgMp5lM7zGPixmRyfAl9ipZzX1MMUBak49hdqj&#10;eenj6F4b29YNnJSFblD6M4yhqsVOD/wiq2EB8yBYYYaC9WxIT9ch6ulfafEHAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAl3L5v3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3cRU&#10;LWk2pRT1VIS2gvQ2zU6T0OxsyG6T9N+7Oelx3nu8+V62Gk0jeupcbVlBPItAEBdW11wq+D58PC1A&#10;OI+ssbFMCm7kYJXf32WYajvwjvq9L0UoYZeigsr7NpXSFRUZdDPbEgfvbDuDPpxdKXWHQyg3jXyO&#10;oldpsObwocKWNhUVl/3VKPgccFgn8Xu/vZw3t+Ph5etnG5NSjw/jegnC0+j/wjDhB3TIA9PJXlk7&#10;0ShYJElIKpjPYxCTH0dvQTlNSgIyz+T/BfkvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AA13S9b4AgAA3QYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhACXcvm/fAAAACQEAAA8AAAAAAAAAAAAAAAAAUgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 106" o:spid="_x0000_s1027" style="position:absolute;left:833;top:441;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBe2YaExQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;EIXvC32HMIXeiGZ3RdGtUVQo7Y2CPw8wbMZN6GaybKKuffqmUOjdDOd8Z84sVr1rxI26YD0ryEcZ&#10;COLKa8u1gvPpfTgDESKyxsYzKXhQgNXy+WmBpfZ3PtDtGGuRQjiUqMDE2JZShsqQwzDyLXHSLr5z&#10;GNPa1VJ3eE/hrpFFlk2lQ8vpgsGWtoaqr+PVpRr1xM5NZR52PKF8s/sYfBfjvVKvL/36DUSkPv6b&#10;/+hPnbi8gN9n0gRy+QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBe2YaExQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -9669,51 +9668,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0F8427BB" id="Group 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.85pt;margin-top:.95pt;width:15.75pt;height:19.05pt;z-index:-251649024;mso-position-horizontal-relative:page" coordorigin="2517,19" coordsize="315,381" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZj80gaAQAACkXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/0DocUOjLzuxhTjF0DbB&#10;gLYrUO8H0BL1gUmiRsqWs1+/Q1JiZM3NWjcNWsB5UCjz8vLy8N7DQ12/3Fcl2TEhC16vHP/Ccwir&#10;Y54UdbZy/lzfvlg4RLa0TmjJa7Zy7pl0Xt78/NN110Qs4DkvEyYInNQy6pqVk7dtE7mujHNWUXnB&#10;G1ajM+Wioi1eReYmgnbwXpVu4HmXbsdF0ggeMynx62vT6dxo/2nK4vaPNJWsJeXKQWytfgr93Kin&#10;e3NNo0zQJi/iPgx6QhQVLWpMal29pi0lW1H8x1VVxIJLnrYXMa9cnqZFzPQasBrfm6zmTvBto9eS&#10;RV3WWJgA7QSnk93G73d3ovnYfBAmejTf8vgvCVzcrsmicb96z4wx2XTveIL9pNuW64XvU1EpF1gS&#10;2Wt87y2+bN+SGD9iw7xg7pAYXcHMX4Zzg3+cY5PUqGDuXzkEvf5y6HnTjw39fmC48FWfSyMzpQ6z&#10;D0ttex+jaSL8D4IUCTx6oUNqWiFmDStRP8DPdJFqC58KhGAeYlIsZ94nmgVigd81CsMyLQCTEXE+&#10;ABAcjPnk8lFG8iFT5NdlysecNkwnoFSZYKGcDVDeCsZUcQLNmUFTGw75JMfJNOrpGhlJ5Nz/ptFn&#10;ImjRoFG8le0d4zoX6e6tbE2FJ2jpDE/6JFiDDdKqRLH/+oJ4RE2kH2ZDMmvmD2a/uGTtkY6ofeh9&#10;Dq6Cwca4WviXR11hz82MylXw4ArRZ0N8NB9Cjvd1HzNahCo+9XSlNVyqWlkjsqHE4AFGan2fsDVp&#10;qLNwsDX/+ykEiHJKkcIhoMiNWWxDWxWZmkI1SYdiBRDqveI7tua6p52UPuZ46C3rsZVO51H8phcD&#10;lHtd3nZKFeloV2t+W5Sl3oKy1oF4YWCgkbwsEtWropEi27wqBdlRxf36T60F3g7MwLF1or3ljCZv&#10;+nZLi9K0YV8CWtCMyVlFGTLa8OQe+Su4OVFwAqKRc/GPQzqcJitH/r2lgjmk/L1GES792UwdP/pl&#10;Nr9CvESMezbjHlrHcLVyWgf7rpqvWnNkbRtRZDlm8jXyNf8N9JsWKsd1fCaq/gU8oFsHhKjJzbKe&#10;LWhw6yE3ao59Fm4Mr76YHO2Q75MdLwcwR+wYqNRTiQMafXp2tIAcP2CQwsPxPC6kMz0OVHqmxzM9&#10;PiYdIUrH9LjU6vTbsuMMFyccj4NEtoVtdGM4swLZKsfJiBE3HoyxZDAVzs+iHLEqg+SIGzX/Pz03&#10;TvA4jqBF41BjfAE1hnMybNJx1QiDnNgNe7A5VI3h4pifsWRUFtYR4j5BM0J1IKegHI0OelQz9rZa&#10;7GI2bWv+n6oZc6Qz8vZ0zWhCCs1tCrGcNSOkZa8mn18zLodSNvfp5ZWROIffDJ70Or3wzJ1nqLfj&#10;JY1ctd8TpiO+S1L0kdcTUlwuvolenMJxHEBU1lfKxTMnjj41PnqPPnPij3eP1sIJ32Nxu1b0pr8d&#10;qw++43d9847sF+6bfwEAAP//AwBQSwMEFAAGAAgAAAAhAM7TCHzfAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTWq1xmxKKeqpCLaCeJtmp0lodjdkt0n67x1Pehy+x3vf&#10;5KvJtmKgPjTeaUhmCgS50pvGVRo+9693SxAhojPYekcaLhRgVVxf5ZgZP7oPGnaxElziQoYa6hi7&#10;TMpQ1mQxzHxHjtnR9xYjn30lTY8jl9tWpko9SIuN44UaO9rUVJ52Z6vhbcRxPU9ehu3puLl87xfv&#10;X9uEtL69mdbPICJN8S8Mv/qsDgU7HfzZmSBaDekieeQogycQzNPlPAVx0HCvFMgil/8fKH4AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGY/NIGgEAAApFwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAztMIfN8AAAAIAQAADwAAAAAAAAAAAAAAAADC&#10;BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM4HAAAAAA==&#10;">
+              <v:group w14:anchorId="6CD673C0" id="Group 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.85pt;margin-top:.95pt;width:15.75pt;height:19.05pt;z-index:-251649024;mso-position-horizontal-relative:page" coordorigin="2517,19" coordsize="315,381" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZj80gaAQAACkXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/0DocUOjLzuxhTjF0DbB&#10;gLYrUO8H0BL1gUmiRsqWs1+/Q1JiZM3NWjcNWsB5UCjz8vLy8N7DQ12/3Fcl2TEhC16vHP/Ccwir&#10;Y54UdbZy/lzfvlg4RLa0TmjJa7Zy7pl0Xt78/NN110Qs4DkvEyYInNQy6pqVk7dtE7mujHNWUXnB&#10;G1ajM+Wioi1eReYmgnbwXpVu4HmXbsdF0ggeMynx62vT6dxo/2nK4vaPNJWsJeXKQWytfgr93Kin&#10;e3NNo0zQJi/iPgx6QhQVLWpMal29pi0lW1H8x1VVxIJLnrYXMa9cnqZFzPQasBrfm6zmTvBto9eS&#10;RV3WWJgA7QSnk93G73d3ovnYfBAmejTf8vgvCVzcrsmicb96z4wx2XTveIL9pNuW64XvU1EpF1gS&#10;2Wt87y2+bN+SGD9iw7xg7pAYXcHMX4Zzg3+cY5PUqGDuXzkEvf5y6HnTjw39fmC48FWfSyMzpQ6z&#10;D0ttex+jaSL8D4IUCTx6oUNqWiFmDStRP8DPdJFqC58KhGAeYlIsZ94nmgVigd81CsMyLQCTEXE+&#10;ABAcjPnk8lFG8iFT5NdlysecNkwnoFSZYKGcDVDeCsZUcQLNmUFTGw75JMfJNOrpGhlJ5Nz/ptFn&#10;ImjRoFG8le0d4zoX6e6tbE2FJ2jpDE/6JFiDDdKqRLH/+oJ4RE2kH2ZDMmvmD2a/uGTtkY6ofeh9&#10;Dq6Cwca4WviXR11hz82MylXw4ArRZ0N8NB9Cjvd1HzNahCo+9XSlNVyqWlkjsqHE4AFGan2fsDVp&#10;qLNwsDX/+ykEiHJKkcIhoMiNWWxDWxWZmkI1SYdiBRDqveI7tua6p52UPuZ46C3rsZVO51H8phcD&#10;lHtd3nZKFeloV2t+W5Sl3oKy1oF4YWCgkbwsEtWropEi27wqBdlRxf36T60F3g7MwLF1or3ljCZv&#10;+nZLi9K0YV8CWtCMyVlFGTLa8OQe+Su4OVFwAqKRc/GPQzqcJitH/r2lgjmk/L1GES792UwdP/pl&#10;Nr9CvESMezbjHlrHcLVyWgf7rpqvWnNkbRtRZDlm8jXyNf8N9JsWKsd1fCaq/gU8oFsHhKjJzbKe&#10;LWhw6yE3ao59Fm4Mr76YHO2Q75MdLwcwR+wYqNRTiQMafXp2tIAcP2CQwsPxPC6kMz0OVHqmxzM9&#10;PiYdIUrH9LjU6vTbsuMMFyccj4NEtoVtdGM4swLZKsfJiBE3HoyxZDAVzs+iHLEqg+SIGzX/Pz03&#10;TvA4jqBF41BjfAE1hnMybNJx1QiDnNgNe7A5VI3h4pifsWRUFtYR4j5BM0J1IKegHI0OelQz9rZa&#10;7GI2bWv+n6oZc6Qz8vZ0zWhCCs1tCrGcNSOkZa8mn18zLodSNvfp5ZWROIffDJ70Or3wzJ1nqLfj&#10;JY1ctd8TpiO+S1L0kdcTUlwuvolenMJxHEBU1lfKxTMnjj41PnqPPnPij3eP1sIJ32Nxu1b0pr8d&#10;qw++43d9847sF+6bfwEAAP//AwBQSwMEFAAGAAgAAAAhAM7TCHzfAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdTWq1xmxKKeqpCLaCeJtmp0lodjdkt0n67x1Pehy+x3vf&#10;5KvJtmKgPjTeaUhmCgS50pvGVRo+9693SxAhojPYekcaLhRgVVxf5ZgZP7oPGnaxElziQoYa6hi7&#10;TMpQ1mQxzHxHjtnR9xYjn30lTY8jl9tWpko9SIuN44UaO9rUVJ52Z6vhbcRxPU9ehu3puLl87xfv&#10;X9uEtL69mdbPICJN8S8Mv/qsDgU7HfzZmSBaDekieeQogycQzNPlPAVx0HCvFMgil/8fKH4AAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGY/NIGgEAAApFwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAztMIfN8AAAAIAQAADwAAAAAAAAAAAAAAAADC&#10;BgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAM4HAAAAAA==&#10;">
                 <v:group id="Group 103" o:spid="_x0000_s1027" style="position:absolute;left:2533;top:50;width:283;height:2" coordorigin="2533,50" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7FgQrwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTSotJbqGIFZ6CEK1IN6G7JgEs7Mhu+bx77tCobf5+J6zTkfTiJ46V1tWEC8iEMSF&#10;1TWXCn5Ony8fIJxH1thYJgUTOUg3s6c1JtoO/E390ZcihLBLUEHlfZtI6YqKDLqFbYkDd7WdQR9g&#10;V0rd4RDCTSNfo+hdGqw5NFTY0rai4na8GwX7AYdsGe/6/HbdTpfT2+Gcx6TU83zMViA8jf5f/Of+&#10;0mF+tITHM+ECufkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAuxYEK8MAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 104" o:spid="_x0000_s1028" style="position:absolute;left:2533;top:50;width:283;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBjmI14wgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN7MxhKlpK6ipYV6UqNQehuy0ySYnQ2Zrab/3i0UepvH+5zlenCtulIvjWcDsyQFRVx6&#10;23Bl4Hx6mz6BkoBssfVMBn5IYL0aj5aYW3/jI12LUKkYwpKjgTqELtdaypocSuI74sh9+d5hiLCv&#10;tO3xFsNdqx/TdKEdNhwbauzopabyUnw7Ax/bvc1m2fzVlW53LD5FNuEgxjxMhs0zqEBD+Bf/ud9t&#10;nJ9m8PtMvECv7gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBjmI14wgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l283,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;283,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 101" o:spid="_x0000_s1029" style="position:absolute;left:2533;top:370;width:283;height:2" coordorigin="2533,370" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBbsznEwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na4NA&#10;EL0H+h+WCfSWrLYYgslGJLSlBynEBEpvgztRiTsr7lbNv+8WCr3N433OPptNJ0YaXGtZQbyOQBBX&#10;VrdcK7icX1dbEM4ja+wsk4I7OcgOD4s9ptpOfKKx9LUIIexSVNB436dSuqohg25te+LAXe1g0Ac4&#10;1FIPOIVw08mnKNpIgy2HhgZ7OjZU3cpvo+Btwil/jl/G4nY93r/OycdnEZNSj8s534HwNPt/8Z/7&#10;XYf5UQK/z4QL5OEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAW7M5xMMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 102" o:spid="_x0000_s1030" style="position:absolute;left:2533;top:370;width:283;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8BraUwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50Y7EiqauoVKgnayyU3obsmASzsyGzavz3XaHgbR7vc+bLztXqSq1Ung2MRwko4tzb&#10;igsD38ftcAZKArLF2jMZuJPActHvzTG1/sYHumahUDGEJUUDZQhNqrXkJTmUkW+II3fyrcMQYVto&#10;2+IthrtavybJVDusODaU2NCmpPycXZyBn/XeTsaTtw+Xu90h+xVZhS8x5mXQrd5BBerCU/zv/rRx&#10;fjKFxzPxAr34AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPwGtpTBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l283,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;283,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 99" o:spid="_x0000_s1031" style="position:absolute;left:2548;top:35;width:2;height:349" coordorigin="2548,35" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDELQIoxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTZS2El0lhFp6CIWqIN6G7JgEs7Mhu83j33cLhd7m43vOdj+aRvTUudqygngRgSAu&#10;rK65VHA+HZ7WIJxH1thYJgUTOdjvZg9bTLQd+Iv6oy9FCGGXoILK+zaR0hUVGXQL2xIH7mY7gz7A&#10;rpS6wyGEm0Yuo+hFGqw5NFTYUlZRcT9+GwXvAw7pKn7r8/stm66n589LHpNSj/Mx3YDwNPp/8Z/7&#10;Q4f50Sv8PhMukLsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMQtAijEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 100" o:spid="_x0000_s1032" style="position:absolute;left:2548;top:35;width:2;height:349;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDoqE4DxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;EIXvhf6HMAVvNakHka1RRGgpHpSq0B6HzXR32c1ku0nX+O87B8HbDO/Ne98s19l3aqQhNoEtvEwN&#10;KOIyuIYrC+fT2/MCVEzIDrvAZOFKEdarx4clFi5c+JPGY6qUhHAs0EKdUl9oHcuaPMZp6IlF+wmD&#10;xyTrUGk34EXCfadnxsy1x4alocaetjWV7fHPW6Czf+/HvDeH79DMZ+3+t/3KO2snT3nzCipRTnfz&#10;7frDCb4RWnlGJtCrfwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDoqE4DxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l,350e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,35;0,385" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 97" o:spid="_x0000_s1033" style="position:absolute;left:2801;top:35;width:2;height:349" coordorigin="2801,35" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDa/jPBxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTZSWGl0lhFp6CIWqIN6G7JgEs7Mhu83j33cLhd7m43vOdj+aRvTUudqygngRgSAu&#10;rK65VHA+HZ5eQTiPrLGxTAomcrDfzR62mGg78Bf1R1+KEMIuQQWV920ipSsqMugWtiUO3M12Bn2A&#10;XSl1h0MIN41cRtGLNFhzaKiwpayi4n78NgreBxzSVfzW5/dbNl1Pz5+XPCalHudjugHhafT/4j/3&#10;hw7zozX8PhMukLsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANr+M8HEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 98" o:spid="_x0000_s1034" style="position:absolute;left:2801;top:35;width:2;height:349;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCTB9TYxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvBf/DMoK3utGDSHSVUqgUD5aqoMchO01CsrMxu43bf985CN5meG/e+2a9Ta5VA/Wh9mxgNs1A&#10;ERfe1lwaOJ8+XpegQkS22HomA38UYLsZvawxt/7O3zQcY6kkhEOOBqoYu1zrUFTkMEx9Ryzaj+8d&#10;Rln7Utse7xLuWj3PsoV2WLM0VNjRe0VFc/x1Bujsdt2QDtnX1deLeXO4NZe0N2YyTm8rUJFSfJof&#10;159W8GeCL8/IBHrzDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJMH1NjEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l,350e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,35;0,385" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -10051,51 +10050,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="34AAAA80" id="Group 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:347.05pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251648000;mso-position-horizontal-relative:page" coordorigin="6941,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfq9l/WgQAABoXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS/QfyD02CLW1XsRvA6KJDYK&#10;pG2AbD+AK1EXVBJVUruy+/U9JCWttN4k9tY2gmL9IJPL4XDmzMzhSFdv78qC7JiQOa9WlnvhWIRV&#10;EY/zKl1Zf65v3iwsIhtaxbTgFVtZ90xab69//OGqrUPm8YwXMRMESioZtvXKypqmDm1bRhkrqbzg&#10;NauwmHBR0gZTkdqxoC20l4XtOc7MbrmIa8EjJiV+fW8WrWutP0lY1PyRJJI1pFhZsK3RT6GfG/W0&#10;r69omApaZ3nUmUFPsKKkeYVDB1XvaUPJVuQPVJV5JLjkSXMR8dLmSZJHTPsAb1znwJtbwbe19iUN&#10;27QeYAK0BzidrDb6fXcr6s/1J2Gsx/Ajj/6SwMVu6zQcr6t5aoTJpv2Nx4gn3TZcO36XiFKpgEvk&#10;TuN7P+DL7hoS4UfX9/1LRCHCkud6zrLDP8oQJLVrtgxci2A18E1kouxDt9dzu42+H6g1m4bmSG1m&#10;Z5YKe2ejGcL8T4Lk8cpaBhapaAmTNaoEc2g5dFEF8LkggDM4UzmzNM70MHiO32HQO7l3f7pj5P5k&#10;zxedRxHJfZ7I/5YnnzNaM51+UuVBD+RlD+SNYExVJlleGiy1WJ9LcpxIo5W2lqFEvn0zhR6J34AF&#10;DaOtbG4Z13lIdx9lY6o7xkhnd9xlwBqplJQFCv3nN8Qh6iD9MOFIBzHkohH7ySZrh7RERa7T2avy&#10;ehmtau4G86OqEPG9Km+vCtanvX00602O7qrOZowIVVzq6CqruVR1sjZVossHGiCk/PuCLI7uS7GX&#10;Nf+7IwRI8pAehUVAjxvjbE0bZZk6Qg1Ji+oFEGpe8h1bc73SHJQ9ztivFtVYShfAyCazig1KvS7t&#10;4Uhl6SiqFb/Ji0KHoKiUIYHvLrQlkhd5rBaVMVKkm3eFIDuqaF//KVegbCIGeq1irSxjNP7QjRua&#10;F2YM+QLIgmFMyiq+kOGGx/dIX8HNZYLLD4OMi38s0uIiWVny7y0VzCLFrxUqcOkGgbp59CS4nHuY&#10;iPHKZrxCqwiqVlZjIexq+K4xt9W2Fnma4SRXu1vxX8C8Sa5SXNtnrOomIAE9mnChZraB8vpqnvXV&#10;3NGip4B6FVr0567Jr8fz4rDluyTGeQ/lnhg1XaikAX8+PzEOcBxHEOnb38rjGjozY8+i/3NmBNNo&#10;MjwzI/j66cyIN5dJw6hv2xdmRlCIahhnB8Ro2kXfW5jfx/3ydMeIFyd7Bio47JZfo2Fc9kDueVEz&#10;/wvw4hSNgRaPYzFtLZ5Ai8GM9CE63ixCICNDuPYy02bRnwdH9Iw7RSUxKEIMT2gV0W0go9Awmv7n&#10;q61iJ6svLZymZc3/U1vFbGUpGE5vFY1JHZSw5dwqgh5ME/naraLrIBhjRlxoOnpJRsTrFN42n8KI&#10;D3Z8j4zoOnh/M0gOlLjQHwmemxIfwHGmxP7b1JkSz2/Pj3x71k0TPsCih5x84R3PdX+5/6R9/S8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgDP133wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;FITvgv9heYI3u1nTNhrzUkpRT6VgK4i3bfKahGbfhuw2Sf+960mPwwwz32SrybRioN41lhHULAJB&#10;XNiy4Qrh8/D28ATCec2lbi0TwpUcrPLbm0ynpR35g4a9r0QoYZdqhNr7LpXSFTUZ7Wa2Iw7eyfZG&#10;+yD7Spa9HkO5aeVjFC2l0Q2HhVp3tKmpOO8vBuF91OM6Vq/D9nzaXL8Pi93XVhHi/d20fgHhafJ/&#10;YfjFD+iQB6ajvXDpRIuwfJ6rEEWYxyCCn6hF0EeEOElA5pn8fyD/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJ+r2X9aBAAAGhcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGAM/XffAAAACAEAAA8AAAAAAAAAAAAAAAAAtAYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAADABwAAAAA=&#10;">
+              <v:group w14:anchorId="0751D077" id="Group 87" o:spid="_x0000_s1026" style="position:absolute;margin-left:347.05pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251648000;mso-position-horizontal-relative:page" coordorigin="6941,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCfq9l/WgQAABoXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNtu3DYQfS/QfyD02CLW1XsRvA6KJDYK&#10;pG2AbD+AK1EXVBJVUruy+/U9JCWttN4k9tY2gmL9IJPL4XDmzMzhSFdv78qC7JiQOa9WlnvhWIRV&#10;EY/zKl1Zf65v3iwsIhtaxbTgFVtZ90xab69//OGqrUPm8YwXMRMESioZtvXKypqmDm1bRhkrqbzg&#10;NauwmHBR0gZTkdqxoC20l4XtOc7MbrmIa8EjJiV+fW8WrWutP0lY1PyRJJI1pFhZsK3RT6GfG/W0&#10;r69omApaZ3nUmUFPsKKkeYVDB1XvaUPJVuQPVJV5JLjkSXMR8dLmSZJHTPsAb1znwJtbwbe19iUN&#10;27QeYAK0BzidrDb6fXcr6s/1J2Gsx/Ajj/6SwMVu6zQcr6t5aoTJpv2Nx4gn3TZcO36XiFKpgEvk&#10;TuN7P+DL7hoS4UfX9/1LRCHCkud6zrLDP8oQJLVrtgxci2A18E1kouxDt9dzu42+H6g1m4bmSG1m&#10;Z5YKe2ejGcL8T4Lk8cpaBhapaAmTNaoEc2g5dFEF8LkggDM4UzmzNM70MHiO32HQO7l3f7pj5P5k&#10;zxedRxHJfZ7I/5YnnzNaM51+UuVBD+RlD+SNYExVJlleGiy1WJ9LcpxIo5W2lqFEvn0zhR6J34AF&#10;DaOtbG4Z13lIdx9lY6o7xkhnd9xlwBqplJQFCv3nN8Qh6iD9MOFIBzHkohH7ySZrh7RERa7T2avy&#10;ehmtau4G86OqEPG9Km+vCtanvX00602O7qrOZowIVVzq6CqruVR1sjZVossHGiCk/PuCLI7uS7GX&#10;Nf+7IwRI8pAehUVAjxvjbE0bZZk6Qg1Ji+oFEGpe8h1bc73SHJQ9ztivFtVYShfAyCazig1KvS7t&#10;4Uhl6SiqFb/Ji0KHoKiUIYHvLrQlkhd5rBaVMVKkm3eFIDuqaF//KVegbCIGeq1irSxjNP7QjRua&#10;F2YM+QLIgmFMyiq+kOGGx/dIX8HNZYLLD4OMi38s0uIiWVny7y0VzCLFrxUqcOkGgbp59CS4nHuY&#10;iPHKZrxCqwiqVlZjIexq+K4xt9W2Fnma4SRXu1vxX8C8Sa5SXNtnrOomIAE9mnChZraB8vpqnvXV&#10;3NGip4B6FVr0567Jr8fz4rDluyTGeQ/lnhg1XaikAX8+PzEOcBxHEOnb38rjGjozY8+i/3NmBNNo&#10;MjwzI/j66cyIN5dJw6hv2xdmRlCIahhnB8Ro2kXfW5jfx/3ydMeIFyd7Bio47JZfo2Fc9kDueVEz&#10;/wvw4hSNgRaPYzFtLZ5Ai8GM9CE63ixCICNDuPYy02bRnwdH9Iw7RSUxKEIMT2gV0W0go9Awmv7n&#10;q61iJ6svLZymZc3/U1vFbGUpGE5vFY1JHZSw5dwqgh5ME/naraLrIBhjRlxoOnpJRsTrFN42n8KI&#10;D3Z8j4zoOnh/M0gOlLjQHwmemxIfwHGmxP7b1JkSz2/Pj3x71k0TPsCih5x84R3PdX+5/6R9/S8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgDP133wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NA&#10;FITvgv9heYI3u1nTNhrzUkpRT6VgK4i3bfKahGbfhuw2Sf+960mPwwwz32SrybRioN41lhHULAJB&#10;XNiy4Qrh8/D28ATCec2lbi0TwpUcrPLbm0ynpR35g4a9r0QoYZdqhNr7LpXSFTUZ7Wa2Iw7eyfZG&#10;+yD7Spa9HkO5aeVjFC2l0Q2HhVp3tKmpOO8vBuF91OM6Vq/D9nzaXL8Pi93XVhHi/d20fgHhafJ/&#10;YfjFD+iQB6ajvXDpRIuwfJ6rEEWYxyCCn6hF0EeEOElA5pn8fyD/AQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAJ+r2X9aBAAAGhcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGAM/XffAAAACAEAAA8AAAAAAAAAAAAAAAAAtAYAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAADABwAAAAA=&#10;">
                 <v:group id="Group 94" o:spid="_x0000_s1027" style="position:absolute;left:6944;top:49;width:203;height:2" coordorigin="6944,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/1cdDxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfC/6H5Qh9q5vYVjRmFRFb+iCCFxDfDtmTC2bPhuw2if++Wyj0cZiZb5h0PZhadNS6yrKCeBKB&#10;IM6srrhQcDl/vMxBOI+ssbZMCh7kYL0aPaWYaNvzkbqTL0SAsEtQQel9k0jpspIMuoltiIOX29ag&#10;D7ItpG6xD3BTy2kUzaTBisNCiQ1tS8rup2+j4LPHfvMa77r9Pd8+buf3w3Ufk1LP42GzBOFp8P/h&#10;v/aXVrB4g98v4QfI1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/9XHQ8YAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 95" o:spid="_x0000_s1028" style="position:absolute;left:6944;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDT/apvxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qyotUoIiguLop/Lt6ezbMtNi+lyWrXT78RBI/DzPyGGU9rU4gbVS63rKDTjkAQ&#10;J1bnnCo4HhafAxDOI2ssLJOCP3IwnTQ+xhhre+cd3fY+FQHCLkYFmfdlLKVLMjLo2rYkDt7FVgZ9&#10;kFUqdYX3ADeF7EZRXxrMOSxkWNI8o+S6/zUKiuNhtV1skkEvWmL352TX34/NWalWs56NQHiq/Tv8&#10;aq+0guEXPL+EHyAn/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDT/apvxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 92" o:spid="_x0000_s1029" style="position:absolute;left:6944;top:371;width:203;height:2" coordorigin="6944,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgS/yvxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6M5u0KDVmFZG29BAEtSDeHtlnEsy+Ddlt/nx7t1DocZiZ3zDZZjSN6KlztWUFSRSD&#10;IC6srrlU8H36mL2BcB5ZY2OZFEzkYLN+fMgw1XbgA/VHX4oAYZeigsr7NpXSFRUZdJFtiYN3tZ1B&#10;H2RXSt3hEOCmkS9xvJAGaw4LFba0q6i4HX+Mgs8Bh+1r8t7nt+tuupzm+3OekFLPT+N2BcLT6P/D&#10;f+0vrWC5gN8v4QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgS/yvxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 93" o:spid="_x0000_s1030" style="position:absolute;left:6944;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApHRiIxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96aYVq02ziooWb1JTCr09ss8kJPs27G41+uu7QsHjMDPfMNmiN604kfO1ZQXPowQE&#10;cWF1zaWCr3w7nIHwAVlja5kUXMjDYv4wyDDV9syfdDqEUkQI+xQVVCF0qZS+qMigH9mOOHpH6wyG&#10;KF0ptcNzhJtWviTJqzRYc1yosKN1RUVz+DUKvunjuLksr3ryM943q+ksd/kqV+rpsV++gwjUh3v4&#10;v73TCt6mcPsSf4Cc/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApHRiIxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 90" o:spid="_x0000_s1031" style="position:absolute;left:6947;top:46;width:2;height:328" coordorigin="6947,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB+mM1GwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/YfhFrozk7QobXQUCW3pQgSTQnF3yVyTYOZOyEzz+HtnUejycN7b/WRaMVDvGssKkigGQVxa&#10;3XCl4Lv4WL6CcB5ZY2uZFMzkYL97WGwx1XbkMw25r0QIYZeigtr7LpXSlTUZdJHtiAN3tb1BH2Bf&#10;Sd3jGMJNK5/jeC0NNhwaauwoq6m85b9GweeI4+EleR+Ot2s2X4rV6eeYkFJPj9NhA8LT5P/Ff+4v&#10;reAtjA1fwg+QuzsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAfpjNRsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 91" o:spid="_x0000_s1032" style="position:absolute;left:6947;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDcVRYnwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAuJZHjQ2s7UUIIFEJpD/l5gEXa2CbWykiq7b59VSj0OMzMN8x2P9lODORD61jBepWB&#10;INbOtFwruF3flgWIEJENdo5JwTcF2O9mT1usjBv5TMMl1iJBOFSooImxr6QMuiGLYeV64uTdnbcY&#10;k/S1NB7HBLedzLPsRVpsOS002NOxIf24fFkFzKjPz/64/sSPvC3YDq/6XSq1mE+HDYhIU/wP/7VP&#10;RkFZwu+X9APk7gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDcVRYnwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 88" o:spid="_x0000_s1033" style="position:absolute;left:7145;top:46;width:2;height:328" coordorigin="7145,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBLxJpcxgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvQr/DMoXedBNLS0ndiEiVHqRQLYi3ITv5g9nZkF2T+O07h0JvM7w37/1mtZ5cqwbqQ+PZQLpI&#10;QBEX3jZcGfg57eZvoEJEtth6JgN3CrDOH2YrzKwf+ZuGY6yUhHDI0EAdY5dpHYqaHIaF74hFK33v&#10;MMraV9r2OEq4a/UySV61w4alocaOtjUV1+PNGdiPOG6e04/hcC2398vp5et8SMmYp8dp8w4q0hT/&#10;zX/Xn1bwE8GXZ2QCnf8CAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAS8SaXMYAAADcAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 89" o:spid="_x0000_s1034" style="position:absolute;left:7145;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoSBAiwQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0XegcxhW5KLduLxrhWQggUSkkXTnqAQZraJtbISKrj3j4KBLKbx/tOs1nsKGbyYXCsoMhyEMTa&#10;mYE7BT/Hj9cKRIjIBkfHpOCfAmzWjw8N1saduaX5EDuRQjjUqKCPcaqlDLoniyFzE3Hifp23GBP0&#10;nTQezyncjrLM8zdpceDU0ONEu5706fBnFTCjbl/8rvjGfTlUbOeV/pJKPT8t23cQkZZ4F9/cnybN&#10;zwu4PpMukOsLAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKhIECLBAAAA3AAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -10433,51 +10432,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="02046793" id="Group 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:361.45pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251646976;mso-position-horizontal-relative:page" coordorigin="7229,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4QI33YwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j+g70DoZ4dG1iWxLcQpirYJ&#10;BnRbgXoPQEvUBZVEjZQtp0+/j6QkS6rbtW4SdIPzQyHNw8Nz/fhJ1y/3RU52TMiMlyvLuZhZhJUh&#10;j7IyWVl/rW9fLCwia1pGNOclW1n3TFovb579ct1UAXN5yvOICQIlpQyaamWldV0Fti3DlBVUXvCK&#10;lViMuShojalI7EjQBtqL3HZnsyu74SKqBA+ZlPj1jVm0brT+OGZh/WccS1aTfGXBtlo/hX5u1NO+&#10;uaZBImiVZmFrBj3BioJmJQ7tVb2hNSVbkX2mqshCwSWP64uQFzaP4yxk2gd448wm3twJvq20L0nQ&#10;JFUfJoR2EqeT1YZ/7O5E9aF6L4z1GL7j4UeJuNhNlQTDdTVPjDDZNL/zCPmk25prx/exKJQKuET2&#10;Or73fXzZviYhfnQ8z7tEFkIsuY47W7bxD1MkSe2au+7SIlj1PZOZMH3b7nWddqPn+WrNpoE5UpvZ&#10;mqXS3tpohjD/vSBZtLIWlxYpaQGTdVQJ5tAydVEl8KFCMHc91zizNM50YXBnXhuDzsne/cmOgfuj&#10;PV90Hk0kD3Uif6xOPqS0Yrr8pKqDLpBXXSBvBWOqM8niysRSi3W1JIeFNFhpKhlI1Nu/ltA3xq+P&#10;BQ3CrazvGNd1SHfvZG26O8JIV3fUVsAapRQXORr91xdkRtRB+mHSkfRiTif23CbrGWmIylyrs1OF&#10;FA9V+d7lUVXIuBFTqtyDKlifdPbRtDM53JetzRgRqrB0prus4lL1yRqWde0FDRBS/n1BFkdPZc2e&#10;9ggBkJzCo7AI4HFjnK1orSxTR6ghadC9CISaF3zH1lyv1JO2xxmH1bwcSukGGNhkVrFBqdet3R+p&#10;LB1kteS3WZ7rFOSlMsT3nIW2RPI8i9SiMkaKZPM6F2RHFezrP+UKlI3EAK9lpJWljEZv23FNs9yM&#10;IZ8jskAYU7IKL2Sw4dE9yldwc5ng8sMg5eKTRRpcJCtL/r2lglkk/61EBy4d31c3j574l3MXEzFc&#10;2QxXaBlC1cqqLaRdDV/X5rbaViJLUpzkaHdL/grIG2eqxLV9xqp2AhDQoxEWamTrIa/r5nnXzS0s&#10;6gJ/Elj05o6pr2/HxX7LTwmMoDrmhjkAo76qVNEAPx8eGPtwHI8gyre7lYc9dEbGDkX/58gIpNFg&#10;eEZG4PX3IyOY6IgwarR6ZGQESVXsV/MpGvRtbeii5y4MYA74sjfeMcDF0Z4eCqZs+QkII1j+Z7jo&#10;KkceARfH0Tgevz4WY2rxHbDoX5EuRcfJIgRS0qfrIDMmi97cP6JnyBSVRK8Idp9AFRF8VBQIo+E/&#10;X6WKraymADhNy5r/p1LFdGWpMJxOFY1JbShhy5kqAh4MiXxqqrjES8cQEOf6tfZRAdH3zBXdddvx&#10;hkal9h8Qpjt+SkAEDEyJov4S8uCAOI3G8fihrX6QJ54BcfBp8avvzmdA/M+9O2vKhM+vYJCj77vD&#10;uWaXhw/aN/8AAAD//wMAUEsDBBQABgAIAAAAIQCn97Jx3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9PS8NAFMTvgt9heYI3u/lTjcZsSinqqQi2gnh7zb4modm3IbtN0m/vetLjMMPMb4rVbDox&#10;0uBaywriRQSCuLK65VrB5/717hGE88gaO8uk4EIOVuX1VYG5thN/0LjztQgl7HJU0Hjf51K6qiGD&#10;bmF74uAd7WDQBznUUg84hXLTySSKHqTBlsNCgz1tGqpOu7NR8DbhtE7jl3F7Om4u3/v7969tTErd&#10;3szrZxCeZv8Xhl/8gA5lYDrYM2snOgVZkjyFqIJlCiL42TIN+qAgzTKQZSH/Hyh/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALhAjfdjBAAAGBcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKf3snHfAAAACAEAAA8AAAAAAAAAAAAAAAAAvQYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADJBwAAAAA=&#10;">
+              <v:group w14:anchorId="78C1DA11" id="Group 78" o:spid="_x0000_s1026" style="position:absolute;margin-left:361.45pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251646976;mso-position-horizontal-relative:page" coordorigin="7229,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4QI33YwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j+g70DoZ4dG1iWxLcQpirYJ&#10;BnRbgXoPQEvUBZVEjZQtp0+/j6QkS6rbtW4SdIPzQyHNw8Nz/fhJ1y/3RU52TMiMlyvLuZhZhJUh&#10;j7IyWVl/rW9fLCwia1pGNOclW1n3TFovb579ct1UAXN5yvOICQIlpQyaamWldV0Fti3DlBVUXvCK&#10;lViMuShojalI7EjQBtqL3HZnsyu74SKqBA+ZlPj1jVm0brT+OGZh/WccS1aTfGXBtlo/hX5u1NO+&#10;uaZBImiVZmFrBj3BioJmJQ7tVb2hNSVbkX2mqshCwSWP64uQFzaP4yxk2gd448wm3twJvq20L0nQ&#10;JFUfJoR2EqeT1YZ/7O5E9aF6L4z1GL7j4UeJuNhNlQTDdTVPjDDZNL/zCPmk25prx/exKJQKuET2&#10;Or73fXzZviYhfnQ8z7tEFkIsuY47W7bxD1MkSe2au+7SIlj1PZOZMH3b7nWddqPn+WrNpoE5UpvZ&#10;mqXS3tpohjD/vSBZtLIWlxYpaQGTdVQJ5tAydVEl8KFCMHc91zizNM50YXBnXhuDzsne/cmOgfuj&#10;PV90Hk0kD3Uif6xOPqS0Yrr8pKqDLpBXXSBvBWOqM8niysRSi3W1JIeFNFhpKhlI1Nu/ltA3xq+P&#10;BQ3CrazvGNd1SHfvZG26O8JIV3fUVsAapRQXORr91xdkRtRB+mHSkfRiTif23CbrGWmIylyrs1OF&#10;FA9V+d7lUVXIuBFTqtyDKlifdPbRtDM53JetzRgRqrB0prus4lL1yRqWde0FDRBS/n1BFkdPZc2e&#10;9ggBkJzCo7AI4HFjnK1orSxTR6ghadC9CISaF3zH1lyv1JO2xxmH1bwcSukGGNhkVrFBqdet3R+p&#10;LB1kteS3WZ7rFOSlMsT3nIW2RPI8i9SiMkaKZPM6F2RHFezrP+UKlI3EAK9lpJWljEZv23FNs9yM&#10;IZ8jskAYU7IKL2Sw4dE9yldwc5ng8sMg5eKTRRpcJCtL/r2lglkk/61EBy4d31c3j574l3MXEzFc&#10;2QxXaBlC1cqqLaRdDV/X5rbaViJLUpzkaHdL/grIG2eqxLV9xqp2AhDQoxEWamTrIa/r5nnXzS0s&#10;6gJ/Elj05o6pr2/HxX7LTwmMoDrmhjkAo76qVNEAPx8eGPtwHI8gyre7lYc9dEbGDkX/58gIpNFg&#10;eEZG4PX3IyOY6IgwarR6ZGQESVXsV/MpGvRtbeii5y4MYA74sjfeMcDF0Z4eCqZs+QkII1j+Z7jo&#10;KkceARfH0Tgevz4WY2rxHbDoX5EuRcfJIgRS0qfrIDMmi97cP6JnyBSVRK8Idp9AFRF8VBQIo+E/&#10;X6WKraymADhNy5r/p1LFdGWpMJxOFY1JbShhy5kqAh4MiXxqqrjES8cQEOf6tfZRAdH3zBXdddvx&#10;hkal9h8Qpjt+SkAEDEyJov4S8uCAOI3G8fihrX6QJ54BcfBp8avvzmdA/M+9O2vKhM+vYJCj77vD&#10;uWaXhw/aN/8AAAD//wMAUEsDBBQABgAIAAAAIQCn97Jx3wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9PS8NAFMTvgt9heYI3u/lTjcZsSinqqQi2gnh7zb4modm3IbtN0m/vetLjMMPMb4rVbDox&#10;0uBaywriRQSCuLK65VrB5/717hGE88gaO8uk4EIOVuX1VYG5thN/0LjztQgl7HJU0Hjf51K6qiGD&#10;bmF74uAd7WDQBznUUg84hXLTySSKHqTBlsNCgz1tGqpOu7NR8DbhtE7jl3F7Om4u3/v7969tTErd&#10;3szrZxCeZv8Xhl/8gA5lYDrYM2snOgVZkjyFqIJlCiL42TIN+qAgzTKQZSH/Hyh/AAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhALhAjfdjBAAAGBcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKf3snHfAAAACAEAAA8AAAAAAAAAAAAAAAAAvQYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADJBwAAAAA=&#10;">
                 <v:group id="Group 85" o:spid="_x0000_s1027" style="position:absolute;left:7232;top:49;width:203;height:2" coordorigin="7232,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVQPQFxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJvieyUBONGCSE0pQdTiB0ovS3WxjaxVsZS/fP2VaHQ4zAz3zC7w2RaMVDvGssK4lUE&#10;gri0uuFKwbU4LxMQziNrbC2TgpkcHPYPix2m2o58oSH3lQgQdikqqL3vUildWZNBt7IdcfButjfo&#10;g+wrqXscA9y0ch1FW2mw4bBQY0enmsp7/m0UvI04Hp/j1yG7307zV7H5+MxiUurpcTq+gPA0+f/w&#10;X/tdK0g28Psl/AC5/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAVQPQFxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 86" o:spid="_x0000_s1028" style="position:absolute;left:7232;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCm9qLFxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6aza1EEKaVUSwKBal6sXbM/tMgtm3Ibua2F/fLQgeh5n5hskng2nElTpXW1bwHsUg&#10;iAuray4V7HfztxSE88gaG8uk4EYOJuPnpxwzbXv+oevWlyJA2GWooPK+zaR0RUUGXWRb4uCdbGfQ&#10;B9mVUnfYB7hp5CiOE2mw5rBQYUuziorz9mIUNPvdYjNfF+lH/IWj74NdLX/XR6VeX4bpJwhPg3+E&#10;7+2FVpAm8P8l/AA5/gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCm9qLFxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 83" o:spid="_x0000_s1029" style="position:absolute;left:7232;top:371;width:203;height:2" coordorigin="7232,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCK3s/pxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8IS9adpddKUaRcRdPIigLoi3R/Nsi81LaWJb/70RBI/DzHzDzBadKUVDtSssK4iHEQji&#10;1OqCMwX/x9/BBITzyBpLy6TgTg4W84/eDBNtW95Tc/CZCBB2CSrIva8SKV2ak0E3tBVx8C62NuiD&#10;rDOpa2wD3JTyK4rG0mDBYSHHilY5pdfDzSj4a7FdfsfrZnu9rO7n42h32sak1Ge/W05BeOr8O/xq&#10;b7SCyQ88v4QfIOcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIrez+nEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 84" o:spid="_x0000_s1030" style="position:absolute;left:7232;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdWxonwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG3jTdBNd6YyiY4o3sR2D3R7Nsy02LyXJtPrXm4Pg8eP7PV/2phVncr6xrOBtnIAgLq1u&#10;uFLwU2xGKQgfkDW2lknBlTwsFy+DOWbaXvhA5zxUIoawz1BBHUKXSenLmgz6se2II3e0zmCI0FVS&#10;O7zEcNPK9ySZSYMNx4YaO/qqqTzl/0bBL22P39fVTU//JvvT+iMtXLEulBq+9qtPEIH68BQ/3Dut&#10;II1j45f4A+TiDgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN1bGifBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 81" o:spid="_x0000_s1031" style="position:absolute;left:7235;top:46;width:2;height:328" coordorigin="7235,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUDf4AxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbplV2cbtGEVHxIAv+gWVvj+bZFpuX0sS2fvuNIHgcZuY3zHzZmVI0VLvCsoJ4HIEg&#10;Tq0uOFNwOW9HMxDOI2ssLZOCBzlYLvq9OSbatnyk5uQzESDsElSQe18lUro0J4NubCvi4F1tbdAH&#10;WWdS19gGuCnlJIo+pcGCw0KOFa1zSm+nu1Gwa7FdTeNNc7hd14+/88fP7yEmpYaDbvUNwlPn3+FX&#10;e68VzL7g+SX8ALn4BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJQN/gDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 82" o:spid="_x0000_s1032" style="position:absolute;left:7235;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNb7+6vwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LasMw&#10;EN0XegcxhWxKLMeLNnGshBIIhNAu8jnAIE1sE2tkJNV2bh8tCl0+3r/aTrYTA/nQOlawyHIQxNqZ&#10;lmsF18t+vgQRIrLBzjEpeFCA7eb1pcLSuJFPNJxjLVIIhxIVNDH2pZRBN2QxZK4nTtzNeYsxQV9L&#10;43FM4baTRZ5/SIstp4YGe9o1pO/nX6uAGfXp3e8WP/hdtEu2w6c+SqVmb9PXGkSkKf6L/9wHo2CV&#10;1qcv6QfIzRMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBNb7+6vwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 79" o:spid="_x0000_s1033" style="position:absolute;left:7433;top:46;width:2;height:328" coordorigin="7433,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDvomTbxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTemk2UlhqzikgtPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDZdjSN6KlztWUFSRSD&#10;IC6srrlUcD4dnl5BOI+ssbFMCiZysN3MHjJMtR34i/qjL0WAsEtRQeV9m0rpiooMusi2xMG72c6g&#10;D7Irpe5wCHDTyEUcv0iDNYeFClvaV1Tcj99GwfuAw26ZvPX5/bafrqfnz0uekFKP83G3BuFp9P/h&#10;v/aHVrBK4PdL+AFy8wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDvomTbxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 80" o:spid="_x0000_s1034" style="position:absolute;left:7433;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDS8YRWwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcARvFk3thT/VKCIsyKIX/jzAITm2xeakJNla394sLOzlMDPfMOttbxvRkQ+1YwXTSQaC&#10;WDtTc6ngdv0aL0CEiGywcUwKXhRguxl8rLEw7sln6i6xFAnCoUAFVYxtIWXQFVkME9cSJ+/uvMWY&#10;pC+l8fhMcNvIPMtm0mLNaaHClvYV6cflxypgRn3+9PvpCY95vWDbzfW3VGo07HcrEJH6+B/+ax+M&#10;gmUOv1/SD5CbNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDS8YRWwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -10815,51 +10814,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="658C2D6B" id="Group 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:375.85pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251645952;mso-position-horizontal-relative:page" coordorigin="7517,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBuA3sagQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j9g70Do54ZGNztyhDjF0DbB&#10;gG4rUO8BaIm6YJKokbLl7On3kZRkSXO71k2DbnB+KKR5eHiuHz/p9uWhLMieCZnzam25V45FWBXx&#10;OK/StfX75v7FyiKyoVVMC16xtfXIpPXy7vvvbts6ZB7PeBEzQaCkkmFbr62saerQtmWUsZLKK16z&#10;CosJFyVtMBWpHQvaQntZ2J7jXNstF3EteMSkxK+vzaJ1p/UnCYua35JEsoYUawu2Nfop9HOrnvbd&#10;LQ1TQessjzoz6BlWlDSvcOig6jVtKNmJ/B+qyjwSXPKkuYp4afMkySOmfYA3rjPz5kHwXa19ScM2&#10;rYcwIbSzOJ2tNvp1/yDq9/U7YazH8C2P/pCIi93WaTheV/PUCJNt+wuPkU+6a7h2/JCIUqmAS+Sg&#10;4/s4xJcdGhLhR9f3/SWyEGHJcz3npot/lCFJalewdAOLYHXhm8xE2Ztur+d2G31/odZsGpojtZmd&#10;WSrtnY1mCPPfCZLHUH1tkYqWMFlHlWAOLXMXVQKfKgTB0oPJypkb40wfBs/xuxj0Tg7uz3aM3J/s&#10;+aDzaCJ5rBP5ZXXyPqM10+UnVR30gUSGTCDvBWOqM0kQmFhqsb6W5LiQRittLUOJevvXEvrE+A2x&#10;oGG0k80D47oO6f6tbEx3xxjp6o47wzfIS1IWaPQfXxCHqIP0w6QjHcTcXuwHm2wc0hKVuU5nr8rr&#10;ZYyqwPNPqkLGzYlKlXdUBevT3j6a9SZHh6qzGSNCFZY6ustqLlWfbGBZ317QACHl3wdkcfRc1uzp&#10;jhAAyTk8CosAHrfG2Zo2yjJ1hBqSFt2LQKh5yfdsw/VKM2t7nHFcLaqxlG6AkU1mFRuUet3aw5HK&#10;0lFWK36fF4VOQVEpQxa+u9KWSF7ksVpUxkiRbl8Vguypgn39p1yBsokY4LWKtbKM0fhNN25oXpgx&#10;5AtEFghjSlbhhQy3PH5E+QpuLhNcfhhkXPxlkRYXydqSf+6oYBYpfq7QgTfuYoF6a/RksQxUi4vx&#10;yna8QqsIqtZWYyHtaviqMbfVrhZ5muEkV7tb8Z+AvEmuSlzbZ6zqJgABPZpgoUa2AfL6bsb9PIFF&#10;Da7PAot+4Jr6+nRcHLZ8k8B404fyCIxL5aEqGuDn0wPjEI7TEUT59rfyuIcuyNij6P8cGYE0Ggwv&#10;yAi8/mxkXAGnJ8jomV6ecuInJoymIheam9JwaGtDF31vZQBzxJe96Y4RLk72DFAwZ8vPQBhXICtz&#10;wqhp1FfAxWk0TsdviMWUWnwGLC6uSZ+i02QRAhkZ0nWUmZJFP1ic0AMXBqaoJAZFsPsMqogqBtMC&#10;YTT856NUsZPVycFpWtb8P5cqZmtLheF8qmhM6kIJWy5UEZzXkMjnpoorVO8EEPXb+1elioFnXnT6&#10;bjvd0KjU4QPCfMc3CYho8Tkg6v58ckCcR+N0/NBWX8gTL4A4+rT40XfnCyD+596dNWXC51cwSMX2&#10;9Kdi9X13PNfsMhw+aN/9DQAA//8DAFBLAwQUAAYACAAAACEAG/q5Fd8AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJY92SZlNKUU9FaCuIt9fkNQnN7obsNkn/vc+THocZ&#10;Zr7J1pNpxUC9b5zVEM8iEGQLVza20vB5fHtagvABbYmts6ThRh7W+f1dhmnpRrun4RAqwSXWp6ih&#10;DqFLpfRFTQb9zHVk2Tu73mBg2Vey7HHkctPKeRS9SION5YUaO9rWVFwOV6PhfcRxk8Svw+5y3t6+&#10;j4uPr11MWj8+TJsViEBT+AvDLz6jQ85MJ3e1pRetBrWIFUc1PCcg2FdqzvqkIVEKZJ7J/wfyHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBuA3sagQAABgXAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAb+rkV3wAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AMQGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0AcAAAAA&#10;">
+              <v:group w14:anchorId="4FA7CD29" id="Group 69" o:spid="_x0000_s1026" style="position:absolute;margin-left:375.85pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251645952;mso-position-horizontal-relative:page" coordorigin="7517,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDBuA3sagQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j9g70Do54ZGNztyhDjF0DbB&#10;gG4rUO8BaIm6YJKokbLl7On3kZRkSXO71k2DbnB+KKR5eHiuHz/p9uWhLMieCZnzam25V45FWBXx&#10;OK/StfX75v7FyiKyoVVMC16xtfXIpPXy7vvvbts6ZB7PeBEzQaCkkmFbr62saerQtmWUsZLKK16z&#10;CosJFyVtMBWpHQvaQntZ2J7jXNstF3EteMSkxK+vzaJ1p/UnCYua35JEsoYUawu2Nfop9HOrnvbd&#10;LQ1TQessjzoz6BlWlDSvcOig6jVtKNmJ/B+qyjwSXPKkuYp4afMkySOmfYA3rjPz5kHwXa19ScM2&#10;rYcwIbSzOJ2tNvp1/yDq9/U7YazH8C2P/pCIi93WaTheV/PUCJNt+wuPkU+6a7h2/JCIUqmAS+Sg&#10;4/s4xJcdGhLhR9f3/SWyEGHJcz3npot/lCFJalewdAOLYHXhm8xE2Ztur+d2G31/odZsGpojtZmd&#10;WSrtnY1mCPPfCZLHUH1tkYqWMFlHlWAOLXMXVQKfKgTB0oPJypkb40wfBs/xuxj0Tg7uz3aM3J/s&#10;+aDzaCJ5rBP5ZXXyPqM10+UnVR30gUSGTCDvBWOqM0kQmFhqsb6W5LiQRittLUOJevvXEvrE+A2x&#10;oGG0k80D47oO6f6tbEx3xxjp6o47wzfIS1IWaPQfXxCHqIP0w6QjHcTcXuwHm2wc0hKVuU5nr8rr&#10;ZYyqwPNPqkLGzYlKlXdUBevT3j6a9SZHh6qzGSNCFZY6ustqLlWfbGBZ317QACHl3wdkcfRc1uzp&#10;jhAAyTk8CosAHrfG2Zo2yjJ1hBqSFt2LQKh5yfdsw/VKM2t7nHFcLaqxlG6AkU1mFRuUet3aw5HK&#10;0lFWK36fF4VOQVEpQxa+u9KWSF7ksVpUxkiRbl8Vguypgn39p1yBsokY4LWKtbKM0fhNN25oXpgx&#10;5AtEFghjSlbhhQy3PH5E+QpuLhNcfhhkXPxlkRYXydqSf+6oYBYpfq7QgTfuYoF6a/RksQxUi4vx&#10;yna8QqsIqtZWYyHtaviqMbfVrhZ5muEkV7tb8Z+AvEmuSlzbZ6zqJgABPZpgoUa2AfL6bsb9PIFF&#10;Da7PAot+4Jr6+nRcHLZ8k8B404fyCIxL5aEqGuDn0wPjEI7TEUT59rfyuIcuyNij6P8cGYE0Ggwv&#10;yAi8/mxkXAGnJ8jomV6ecuInJoymIheam9JwaGtDF31vZQBzxJe96Y4RLk72DFAwZ8vPQBhXICtz&#10;wqhp1FfAxWk0TsdviMWUWnwGLC6uSZ+i02QRAhkZ0nWUmZJFP1ic0AMXBqaoJAZFsPsMqogqBtMC&#10;YTT856NUsZPVycFpWtb8P5cqZmtLheF8qmhM6kIJWy5UEZzXkMjnpoorVO8EEPXb+1elioFnXnT6&#10;bjvd0KjU4QPCfMc3CYho8Tkg6v58ckCcR+N0/NBWX8gTL4A4+rT40XfnCyD+596dNWXC51cwSMX2&#10;9Kdi9X13PNfsMhw+aN/9DQAA//8DAFBLAwQUAAYACAAAACEAG/q5Fd8AAAAIAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPQUvDQBSE74L/YXmCN7tJY92SZlNKUU9FaCuIt9fkNQnN7obsNkn/vc+THocZ&#10;Zr7J1pNpxUC9b5zVEM8iEGQLVza20vB5fHtagvABbYmts6ThRh7W+f1dhmnpRrun4RAqwSXWp6ih&#10;DqFLpfRFTQb9zHVk2Tu73mBg2Vey7HHkctPKeRS9SION5YUaO9rWVFwOV6PhfcRxk8Svw+5y3t6+&#10;j4uPr11MWj8+TJsViEBT+AvDLz6jQ85MJ3e1pRetBrWIFUc1PCcg2FdqzvqkIVEKZJ7J/wfyHwAA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDBuA3sagQAABgXAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAb+rkV3wAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AMQGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0AcAAAAA&#10;">
                 <v:group id="Group 76" o:spid="_x0000_s1027" style="position:absolute;left:7520;top:49;width:203;height:2" coordorigin="7520,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQRxpVxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6M5u0aCVmFZG29BAEtSDeHtlnEsy+Ddlt/nx7t1DocZiZ3zDZZjSN6KlztWUFSRSD&#10;IC6srrlU8H36mC1BOI+ssbFMCiZysFk/PmSYajvwgfqjL0WAsEtRQeV9m0rpiooMusi2xMG72s6g&#10;D7Irpe5wCHDTyJc4XkiDNYeFClvaVVTcjj9GweeAw/Y1ee/z23U3XU7z/TlPSKnnp3G7AuFp9P/h&#10;v/aXVvC2gN8v4QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDQRxpVxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 77" o:spid="_x0000_s1028" style="position:absolute;left:7520;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8b3d5xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvwn6H8Ba82VSFVapRRFCUFcU/F2/P5tkWm5fSRO3up98ICx6HmfkNM542phQPql1hWUE3ikEQ&#10;p1YXnCk4HRedIQjnkTWWlknBDzmYTj5aY0y0ffKeHgefiQBhl6CC3PsqkdKlORl0ka2Ig3e1tUEf&#10;ZJ1JXeMzwE0pe3H8JQ0WHBZyrGieU3o73I2C8nRc7RbbdNiPl9jbnO33+nd7Uar92cxGIDw1/h3+&#10;b6+0gsEAXl/CD5CTPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD8b3d5xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 74" o:spid="_x0000_s1029" style="position:absolute;left:7520;top:371;width:203;height:2" coordorigin="7520,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDOlCu8wwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/YfhFrozk7RoS3QUCW3pQgSTQnF3yVyTYOZOyEzz+HtnUejycN7b/WRaMVDvGssKkigGQVxa&#10;3XCl4Lv4WL6BcB5ZY2uZFMzkYL97WGwx1XbkMw25r0QIYZeigtr7LpXSlTUZdJHtiAN3tb1BH2Bf&#10;Sd3jGMJNK5/jeC0NNhwaauwoq6m85b9GweeI4+EleR+Ot2s2X4rV6eeYkFJPj9NhA8LT5P/Ff+4v&#10;reA1jA1fwg+QuzsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzpQrvMMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 75" o:spid="_x0000_s1030" style="position:absolute;left:7520;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCHws+bxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96aYVq02ziooWb1JTCr09ss8kJPs27G41+uu7QsHjMDPfMNmiN604kfO1ZQXPowQE&#10;cWF1zaWCr3w7nIHwAVlja5kUXMjDYv4wyDDV9syfdDqEUkQI+xQVVCF0qZS+qMigH9mOOHpH6wyG&#10;KF0ptcNzhJtWviTJqzRYc1yosKN1RUVz+DUKvunjuLksr3ryM943q+ksd/kqV+rpsV++gwjUh3v4&#10;v73TCqZvcPsSf4Cc/wEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCHws+bxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 72" o:spid="_x0000_s1031" style="position:absolute;left:7523;top:46;width:2;height:328" coordorigin="7523,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAFN1edwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0X/IfhCt3VSVpaJDqGEKy4kEJVEHeXzDUJZu6EzJjH3zuLQpeH816no2lET52rLSuIFxEI4sLq&#10;mksF59P32xKE88gaG8ukYCIH6Wb2ssZE24F/qT/6UoQQdgkqqLxvEyldUZFBt7AtceButjPoA+xK&#10;qTscQrhp5HsUfUmDNYeGClvKKyrux4dRsBtwyD7ibX+43/Lpevr8uRxiUup1PmYrEJ5G/y/+c++1&#10;gmVYH76EHyA3TwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAFN1edwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 73" o:spid="_x0000_s1032" style="position:absolute;left:7523;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCn+oz8wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcARvFk3rhZZqFBGERdYLfx7gkBzbYnNSkli7b79ZWPBymJlvmPV2sK3oyYfGsYJ8loEg&#10;1s40XCm4XQ/TAkSIyAZbx6TghwJsN6OPNZbGvfhM/SVWIkE4lKigjrErpQy6Joth5jri5N2dtxiT&#10;9JU0Hl8Jbls5z7KFtNhwWqixo31N+nF5WgXMqM+ffp+f8HveFGz7pT5KpSbjYbcCEWmI7/B/+8so&#10;KHL4+5J+gNz8AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKf6jPzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 70" o:spid="_x0000_s1033" style="position:absolute;left:7721;top:46;width:2;height:328" coordorigin="7721,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCaqWxxxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJviWyXBuNGCSE0pYdQiB0ovS3WxjaxVsZS/PP2VaHQ4zAz3zCb3WRaMVDvGssK4lUE&#10;gri0uuFKwaU4LlMQziNrbC2Tgpkc7LYPiw1m2o58piH3lQgQdhkqqL3vMildWZNBt7IdcfCutjfo&#10;g+wrqXscA9y0MomitTTYcFiosaNDTeUtvxsF7yOO++f4bTjdrof5u3j5/DrFpNTT47R/BeFp8v/h&#10;v/aHVpAm8Psl/AC5/QEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCaqWxxxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 71" o:spid="_x0000_s1034" style="position:absolute;left:7721;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4ZLcQwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RisIw&#10;FETfhf2HcBf2RdZUBS3VKIsgLKIP6n7AJbm2ZZubksRa/94Igo/DzJxhluveNqIjH2rHCsajDASx&#10;dqbmUsHfefudgwgR2WDjmBTcKcB69TFYYmHcjY/UnWIpEoRDgQqqGNtCyqArshhGriVO3sV5izFJ&#10;X0rj8ZbgtpGTLJtJizWnhQpb2lSk/09Xq4AZ9XHoN+MD7id1zrab651U6uuz/1mAiNTHd/jV/jUK&#10;8ik8v6QfIFcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADhktxDBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -11197,51 +11196,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="5C6A6758" id="Group 60" o:spid="_x0000_s1026" style="position:absolute;margin-left:390.25pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251644928;mso-position-horizontal-relative:page" coordorigin="7805,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBK+Bs8bAQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2NXmM7QpxiaJtg&#10;QLcVqPsDaIl6wSRRI2XL6a/fQ1KSZcV9c5OgG5wPCmkej3fP3T086frlrizIlgmZ82ppuReORVgV&#10;8Tiv0qX1YXX7YmER2dAqpgWv2NK6Z9J6efPzT9dtHTKPZ7yImSBQUsmwrZdW1jR1aNsyylhJ5QWv&#10;WYXFhIuSNpiK1I4FbaG9LGzPcWZ2y0VcCx4xKfHra7No3Wj9ScKi5q8kkawhxdKCbY1+Cv1cq6d9&#10;c03DVNA6y6PODHqCFSXNKxw6qHpNG0o2In+gqswjwSVPmouIlzZPkjxi2gd44zoTb+4E39TalzRs&#10;03qACdBOcDpZbfTn9k7U7+t3wliP4Vse/S2Bi93WaTheV/PUCJN1+wePEU+6abh2fJeIUqmAS2Sn&#10;8b0f8GW7hkT40fV9/xJRiLDkuZ5z1eEfZQiS2jVfOJcWwWrgm8hE2Ztur+d2G30/UGs2Dc2R2szO&#10;LBX2zkYzhPnvBMnjpTWbW6SiJUzWqBLMoWXqogrgY0EAZ5D8ypkr40wPg+f4HQa9k3v3D3eM3D/Y&#10;80nnUURynyfy+/LkfUZrptNPqjzogYSJBshbwZiqTDJbGCy1WJ9LcpxIo5W2lqFEvn0xhb4SvwEL&#10;GkYb2dwxrvOQbt/KxlR3jJHO7rgzfIVUSsoChf7rC+IQdZB+mHCkg5jbi/1ik5VDWqIi1+nsVXm9&#10;jFa1cFz3qCpE3JyoVHl7VbA+7e2jWW9ytKs6mzEiVHGpo6us5lLVyQqW9eUFDRBS/n1CFkdPZc2e&#10;7ggBkpzSo7AI6HFtnK1poyxTR6ghaVG9AELNS75lK65XmknZ44z9alGNpXQBjGwyq9ig1OvSHo5U&#10;lo6iWvHbvCh0CIpKGRL47kJbInmRx2pRGSNFun5VCLKlivb1n3IFyg7EQK9VrJVljMZvunFD88KM&#10;IV8AWTCMSVnFFzJc8/ge6Su4uUxw+WGQcfHRIi0ukqUl/9lQwSxS/F6hAq/cIFA3j54El3MPEzFe&#10;WY9XaBVB1dJqLIRdDV815rba1CJPM5zkancr/huYN8lVimv7jFXdBCSgRwdcqJltoLy+mq/6au5o&#10;8VIB9Sy06M9dk19fz4vDlh+RGOcI7JQYZwbNEf0hBR+NGAc4jiOI9O1v5XENnZmxZ9H/OTOCaTQZ&#10;npkRfP3NzAh26sq5Y0Z99T8tM7rmXg80bdBwKGvTLvqe7rNwI+775cmOES8e7BmoYNotP0PDOEeL&#10;NOVF3cKryxR95SM2jBM0juM3YHHYWnwDLQYz0ofoeLMIgYwM4drLHDaL/jw4omfcKSqJQRHsPqFV&#10;xKWETgsNo+l/PtsqdrI60XGaljX/T20Vs6WlYDi9VTQmdVDClnOriJ7XNJHP3SrOkZkHb9A6p56S&#10;EBeOg/YU6dtX2/GCHhHigx0/JCEGPZD7N2jvKRrFB2gcxw9l9Z194pkQR58WP/vufCbE/9y7s26Z&#10;8PkVHeTB993xXHeX+w/aN/8CAAD//wMAUEsDBBQABgAIAAAAIQC2cvlN3wAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAFITvgv9heYI3uxtjTYjZlFLUUxHaCuLtNXlNQrNvQ3abpP/e9aTH&#10;YYaZb/LVbDox0uBayxqihQJBXNqq5VrD5+HtIQXhPHKFnWXScCUHq+L2JsesshPvaNz7WoQSdhlq&#10;aLzvMyld2ZBBt7A9cfBOdjDogxxqWQ04hXLTyUelnqXBlsNCgz1tGirP+4vR8D7htI6j13F7Pm2u&#10;34flx9c2Iq3v7+b1CwhPs/8Lwy9+QIciMB3thSsnOg1JqpYhquEpBhH8VEVBHzXESQKyyOX/A8UP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEr4GzxsBAAAGBcAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALZy+U3fAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAxgYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADSBwAAAAA=&#10;">
+              <v:group w14:anchorId="0B147DAC" id="Group 60" o:spid="_x0000_s1026" style="position:absolute;margin-left:390.25pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251644928;mso-position-horizontal-relative:page" coordorigin="7805,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBK+Bs8bAQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2NXmM7QpxiaJtg&#10;QLcVqPsDaIl6wSRRI2XL6a/fQ1KSZcV9c5OgG5wPCmkej3fP3T086frlrizIlgmZ82ppuReORVgV&#10;8Tiv0qX1YXX7YmER2dAqpgWv2NK6Z9J6efPzT9dtHTKPZ7yImSBQUsmwrZdW1jR1aNsyylhJ5QWv&#10;WYXFhIuSNpiK1I4FbaG9LGzPcWZ2y0VcCx4xKfHra7No3Wj9ScKi5q8kkawhxdKCbY1+Cv1cq6d9&#10;c03DVNA6y6PODHqCFSXNKxw6qHpNG0o2In+gqswjwSVPmouIlzZPkjxi2gd44zoTb+4E39TalzRs&#10;03qACdBOcDpZbfTn9k7U7+t3wliP4Vse/S2Bi93WaTheV/PUCJN1+wePEU+6abh2fJeIUqmAS2Sn&#10;8b0f8GW7hkT40fV9/xJRiLDkuZ5z1eEfZQiS2jVfOJcWwWrgm8hE2Ztur+d2G30/UGs2Dc2R2szO&#10;LBX2zkYzhPnvBMnjpTWbW6SiJUzWqBLMoWXqogrgY0EAZ5D8ypkr40wPg+f4HQa9k3v3D3eM3D/Y&#10;80nnUURynyfy+/LkfUZrptNPqjzogYSJBshbwZiqTDJbGCy1WJ9LcpxIo5W2lqFEvn0xhb4SvwEL&#10;GkYb2dwxrvOQbt/KxlR3jJHO7rgzfIVUSsoChf7rC+IQdZB+mHCkg5jbi/1ik5VDWqIi1+nsVXm9&#10;jFa1cFz3qCpE3JyoVHl7VbA+7e2jWW9ytKs6mzEiVHGpo6us5lLVyQqW9eUFDRBS/n1CFkdPZc2e&#10;7ggBkpzSo7AI6HFtnK1poyxTR6ghaVG9AELNS75lK65XmknZ44z9alGNpXQBjGwyq9ig1OvSHo5U&#10;lo6iWvHbvCh0CIpKGRL47kJbInmRx2pRGSNFun5VCLKlivb1n3IFyg7EQK9VrJVljMZvunFD88KM&#10;IV8AWTCMSVnFFzJc8/ge6Su4uUxw+WGQcfHRIi0ukqUl/9lQwSxS/F6hAq/cIFA3j54El3MPEzFe&#10;WY9XaBVB1dJqLIRdDV815rba1CJPM5zkancr/huYN8lVimv7jFXdBCSgRwdcqJltoLy+mq/6au5o&#10;8VIB9Sy06M9dk19fz4vDlh+RGOcI7JQYZwbNEf0hBR+NGAc4jiOI9O1v5XENnZmxZ9H/OTOCaTQZ&#10;npkRfP3NzAh26sq5Y0Z99T8tM7rmXg80bdBwKGvTLvqe7rNwI+775cmOES8e7BmoYNotP0PDOEeL&#10;NOVF3cKryxR95SM2jBM0juM3YHHYWnwDLQYz0ofoeLMIgYwM4drLHDaL/jw4omfcKSqJQRHsPqFV&#10;xKWETgsNo+l/PtsqdrI60XGaljX/T20Vs6WlYDi9VTQmdVDClnOriJ7XNJHP3SrOkZkHb9A6p56S&#10;EBeOg/YU6dtX2/GCHhHigx0/JCEGPZD7N2jvKRrFB2gcxw9l9Z194pkQR58WP/vufCbE/9y7s26Z&#10;8PkVHeTB993xXHeX+w/aN/8CAAD//wMAUEsDBBQABgAIAAAAIQC2cvlN3wAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BS8NAFITvgv9heYI3uxtjTYjZlFLUUxHaCuLtNXlNQrNvQ3abpP/e9aTH&#10;YYaZb/LVbDox0uBayxqihQJBXNqq5VrD5+HtIQXhPHKFnWXScCUHq+L2JsesshPvaNz7WoQSdhlq&#10;aLzvMyld2ZBBt7A9cfBOdjDogxxqWQ04hXLTyUelnqXBlsNCgz1tGirP+4vR8D7htI6j13F7Pm2u&#10;34flx9c2Iq3v7+b1CwhPs/8Lwy9+QIciMB3thSsnOg1JqpYhquEpBhH8VEVBHzXESQKyyOX/A8UP&#10;AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEr4GzxsBAAAGBcAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALZy+U3fAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAxgYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADSBwAAAAA=&#10;">
                 <v:group id="Group 67" o:spid="_x0000_s1027" style="position:absolute;left:7808;top:49;width:203;height:2" coordorigin="7808,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA60ikTxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6M5u0aCVmFZG29BAEtSDeHtlnEsy+Ddlt/nx7t1DocZiZ3zDZZjSN6KlztWUFSRSD&#10;IC6srrlU8H36mC1BOI+ssbFMCiZysFk/PmSYajvwgfqjL0WAsEtRQeV9m0rpiooMusi2xMG72s6g&#10;D7Irpe5wCHDTyJc4XkiDNYeFClvaVVTcjj9GweeAw/Y1ee/z23U3XU7z/TlPSKnnp3G7AuFp9P/h&#10;v/aXVrB4g98v4QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA60ikTxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 68" o:spid="_x0000_s1028" style="position:absolute;left:7808;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAIKXXWwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwgjebqiBSG2URFEVRtnrxNtvMtmWbSWmi1v31m4Owx8f7TledqcWDWldZVjCOYhDEudUV&#10;Fwqul81oDsJ5ZI21ZVLwIgerZb+XYqLtkz/pkflChBB2CSoovW8SKV1ekkEX2YY4cN+2NegDbAup&#10;W3yGcFPLSRzPpMGKQ0OJDa1Lyn+yu1FQXy+78+aUz6fxFifHmz3sf09fSg0H3ccChKfO/4vf7p1W&#10;MAtjw5fwA+TyDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAgpddbBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 65" o:spid="_x0000_s1029" style="position:absolute;left:7808;top:371;width:203;height:2" coordorigin="7808,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAkARj6xQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6M5u0KDVmFZG29BAEtSDeHtlnEsy+Ddlt/nx7t1DocZiZ3zDZZjSN6KlztWUFSRSD&#10;IC6srrlU8H36mL2BcB5ZY2OZFEzkYLN+fMgw1XbgA/VHX4oAYZeigsr7NpXSFRUZdJFtiYN3tZ1B&#10;H2RXSt3hEOCmkS9xvJAGaw4LFba0q6i4HX+Mgs8Bh+1r8t7nt+tuupzm+3OekFLPT+N2BcLT6P/D&#10;f+0vrWCxhN8v4QfI9R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAkARj6xQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 66" o:spid="_x0000_s1030" style="position:absolute;left:7808;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAW+GYGwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0PzD+EK7gbU2fwQTWKDqO4E60I7i7NtS02NyXJaPXrzUJweTjv6bw1tbiS85VlBf1eAoI4t7ri&#10;QsEhW32NQfiArLG2TAru5GE++/yYYqrtjXd03YdCxBD2KSooQ2hSKX1ekkHfsw1x5M7WGQwRukJq&#10;h7cYbmr5nSRDabDi2FBiQ78l5Zf9v1FwpPX577546MHpZ3tZjsaZy5aZUt1Ou5iACNSGt/jl3mgF&#10;o7g+fok/QM6eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABb4ZgbBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 63" o:spid="_x0000_s1031" style="position:absolute;left:7811;top:46;width:2;height:328" coordorigin="7811,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfroIhxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTemk2UthKzikgtPYRCVRBvj+wzCWbfhuw2f759t1DocZiZ3zDZdjSN6KlztWUFSRSD&#10;IC6srrlUcD4dnlYgnEfW2FgmBRM52G5mDxmm2g78Rf3RlyJA2KWooPK+TaV0RUUGXWRb4uDdbGfQ&#10;B9mVUnc4BLhp5CKOX6TBmsNChS3tKyrux2+j4H3AYbdM3vr8fttP19Pz5yVPSKnH+bhbg/A0+v/w&#10;X/tDK3hN4PdL+AFy8wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfroIhxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 64" o:spid="_x0000_s1032" style="position:absolute;left:7811;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBi/WKswAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaGoPKtUoIiws4h509wc8kmdbbF5KEmv990ZY8DjMzDfMZtfbRnTkQ+1YwXyWgSDW&#10;ztRcKvj7/ZquQISIbLBxTAqeFGC3HQ42WBj34DN1l1iKBOFQoIIqxraQMuiKLIaZa4mTd3XeYkzS&#10;l9J4fCS4bWSeZQtpsea0UGFLh4r07XK3CphRnyf+MP/BU16v2HZLfZRKjUf9fg0iUh8/4f/2t1Gw&#10;zOH9Jf0AuX0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYv1irMAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 61" o:spid="_x0000_s1033" style="position:absolute;left:8009;top:46;width:2;height:328" coordorigin="8009,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAMLnNxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva1rFVapRRFzxIIJ/QLw9mmdbbF5Kk23rt98sCHscZuY3zGLVmVI0VLvCsoJ4GIEg&#10;Tq0uOFNwvXx/zkA4j6yxtEwKXuRgtex9LDDRtuUTNWefiQBhl6CC3PsqkdKlORl0Q1sRB+9ha4M+&#10;yDqTusY2wE0pR1H0JQ0WHBZyrGiTU/o8/xgFuxbb9TjeNofnY/O6XybH2yEmpQb9bj0H4anz/+F3&#10;e68VTMfw9yX8ALn8BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMAwuc3EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 62" o:spid="_x0000_s1034" style="position:absolute;left:8009;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCCWF9DwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAuJZFjSm2cKCEECqG0h/w8wCJtbBNrZSTVdt++KhR6HGbmG2a7n2wnBvKhdaxgvcpA&#10;EGtnWq4V3K5vyxJEiMgGO8ek4JsC7Hezpy1Wxo18puESa5EgHCpU0MTYV1IG3ZDFsHI9cfLuzluM&#10;SfpaGo9jgttO5ln2Ki22nBYa7OnYkH5cvqwCZtTnZ39cf+JH3pZsh0K/S6UW8+mwARFpiv/hv/bJ&#10;KChe4PdL+gFy9wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCCWF9DwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -11579,51 +11578,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="19ED5928" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:404.65pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251643904;mso-position-horizontal-relative:page" coordorigin="8093,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrhYD8XwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2N9eKXWIhTDG0T&#10;DOi2AnV/AK13TBI1Urac/vo9PEqy5Lpb4qVBMTgfFNI8Hu+eu3t40s3rfZGzXSRVJsqV5VzZFovK&#10;QIRZmaysT+u7V9cWUzUvQ56LMlpZD5GyXt/++MNNU/mRK1KRh5FkUFIqv6lWVlrXlT+ZqCCNCq6u&#10;RBWVWIyFLHiNqUwmoeQNtBf5xLXt+aQRMqykCCKl8Otbs2jdkv44joL6jzhWUc3ylQXbanpKem70&#10;c3J7w/1E8irNgtYMfoYVBc9KHNqrestrzrYy+0JVkQVSKBHXV4EoJiKOsyAiH+CNYx95cy/FtiJf&#10;Er9Jqh4mQHuE09lqg99397L6WH2QxnoM34vgTwVcJk2V+MN1PU+MMNs0v4kQ8eTbWpDj+1gWWgVc&#10;YnvC96HHN9rXLMCPjud5M0QhwJLruPayxT9IESS969peehbD6tQzkQnSd+1e12k3et5Ur024b44k&#10;M1uzdNhbG80Q5n+QLAtX1gyJWPICJhOqDHNoOXZRB/C5IIAzc+PM0jjTweDacJIw6Jw8uD/eMXB/&#10;tOerzqOI1CFP1H/Lk48pryJKP6XzoANy2QF5J6NIVyabkYNNRWJdLqlhIg1WtJhCvv1rCj0Svx4L&#10;7gdbVd9HgvKQ796r2lR3iBFld9hmwBqpFBc5Cv3nV8xm+iB6mHAkvZjTif00YWubNUxHrtXZqXI7&#10;GaPKXS5PqkLEzYlalXtQBeuTzj6ediYH+7K1GSPGNZfaVGWVULpO1rCsKy9ogJD27yuypqKo1DpZ&#10;8789QoIkj+lRWgz0uDHOVrzWlukj9JA1qF4AoeeF2EVrQSv1UdnjjMNqXg6lqAAG9ptVbNDqqbT7&#10;I7Wlg6iW4i7LcwpBXmpDpp5zTZYokWehXtTGKJls3uSS7bimffrTrkDZSAz0WoakLI14+K4d1zzL&#10;zRjyOZAFw5iU1Xyh/I0IH5C+UpjLBJcfBqmQny3W4CJZWeqvLZeRxfJfS1Tg0plO9c1Dk+ls4WIi&#10;hyub4QovA6haWbWFsOvhm9rcVttKZkmKkxxytxS/gHnjTKc42WesaicgARqNuJCYrae8tprnsGZE&#10;i3MN1IvQordwTH49nhf7Ld8jMc5RlAbKAzEuDJoD+kMKPhsx9nCcRhDp293Kwxq6MGPHov9zZgTT&#10;EBlemBF8/XRmxM0+YkZqO78xM6K30t0vkTD3+7I27aLnUs+KG3HQL493DHhxtKenguNu+QUaxjnK&#10;7JgXZ9+IF8donMavx2LcWjyBFqdz1oXodLMIgZT14TrIjJtFbzE9oWfYKWqJXhHsPqNVxP2OjELD&#10;aPqff2wVW1nqcXEayZr/57aK6crSMJzfKhqTWihhy6VVBD2YJvLFW8VpV8ftG7Rrinj8keBZ36Dd&#10;5eKJhHi847skxFkH5KFRpJp79jfoYzQuhNh9mboQ4uXd+ZHvztQy4fMrOkhNbvSpWH/fHc6pu/T7&#10;D9q3fwMAAP//AwBQSwMEFAAGAAgAAAAhAG0xWUzgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdxKiNMZtSinoqBVuh9DbNTpPQ7G7IbpP03zue9DQzvMeb7+WLybRioN43&#10;ziqIZxEIsqXTja0UfO8+HlIQPqDV2DpLCq7kYVHc3uSYaTfaLxq2oRIcYn2GCuoQukxKX9Zk0M9c&#10;R5a1k+sNBj77SuoeRw43rXyMohdpsLH8ocaOVjWV5+3FKPgccVwm8fuwPp9W18PuebNfx6TU/d20&#10;fAMRaAp/ZvjFZ3QomOnoLlZ70SpIo9eErQqeeLCeJhEvRwXJfA6yyOX/AsUPAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKuFgPxfBAAAGBcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0xWUzgAAAACAEAAA8AAAAAAAAAAAAAAAAAuQYAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADGBwAAAAA=&#10;">
+              <v:group w14:anchorId="6D0CF417" id="Group 51" o:spid="_x0000_s1026" style="position:absolute;margin-left:404.65pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251643904;mso-position-horizontal-relative:page" coordorigin="8093,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrhYD8XwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2N9eKXWIhTDG0T&#10;DOi2AnV/AK13TBI1Urac/vo9PEqy5Lpb4qVBMTgfFNI8Hu+eu3t40s3rfZGzXSRVJsqV5VzZFovK&#10;QIRZmaysT+u7V9cWUzUvQ56LMlpZD5GyXt/++MNNU/mRK1KRh5FkUFIqv6lWVlrXlT+ZqCCNCq6u&#10;RBWVWIyFLHiNqUwmoeQNtBf5xLXt+aQRMqykCCKl8Otbs2jdkv44joL6jzhWUc3ylQXbanpKem70&#10;c3J7w/1E8irNgtYMfoYVBc9KHNqrestrzrYy+0JVkQVSKBHXV4EoJiKOsyAiH+CNYx95cy/FtiJf&#10;Er9Jqh4mQHuE09lqg99397L6WH2QxnoM34vgTwVcJk2V+MN1PU+MMNs0v4kQ8eTbWpDj+1gWWgVc&#10;YnvC96HHN9rXLMCPjud5M0QhwJLruPayxT9IESS969peehbD6tQzkQnSd+1e12k3et5Ur024b44k&#10;M1uzdNhbG80Q5n+QLAtX1gyJWPICJhOqDHNoOXZRB/C5IIAzc+PM0jjTweDacJIw6Jw8uD/eMXB/&#10;tOerzqOI1CFP1H/Lk48pryJKP6XzoANy2QF5J6NIVyabkYNNRWJdLqlhIg1WtJhCvv1rCj0Svx4L&#10;7gdbVd9HgvKQ796r2lR3iBFld9hmwBqpFBc5Cv3nV8xm+iB6mHAkvZjTif00YWubNUxHrtXZqXI7&#10;GaPKXS5PqkLEzYlalXtQBeuTzj6ediYH+7K1GSPGNZfaVGWVULpO1rCsKy9ogJD27yuypqKo1DpZ&#10;8789QoIkj+lRWgz0uDHOVrzWlukj9JA1qF4AoeeF2EVrQSv1UdnjjMNqXg6lqAAG9ptVbNDqqbT7&#10;I7Wlg6iW4i7LcwpBXmpDpp5zTZYokWehXtTGKJls3uSS7bimffrTrkDZSAz0WoakLI14+K4d1zzL&#10;zRjyOZAFw5iU1Xyh/I0IH5C+UpjLBJcfBqmQny3W4CJZWeqvLZeRxfJfS1Tg0plO9c1Dk+ls4WIi&#10;hyub4QovA6haWbWFsOvhm9rcVttKZkmKkxxytxS/gHnjTKc42WesaicgARqNuJCYrae8tprnsGZE&#10;i3MN1IvQordwTH49nhf7Ld8jMc5RlAbKAzEuDJoD+kMKPhsx9nCcRhDp293Kwxq6MGPHov9zZgTT&#10;EBlemBF8/XRmxM0+YkZqO78xM6K30t0vkTD3+7I27aLnUs+KG3HQL493DHhxtKenguNu+QUaxjnK&#10;7JgXZ9+IF8donMavx2LcWjyBFqdz1oXodLMIgZT14TrIjJtFbzE9oWfYKWqJXhHsPqNVxP2OjELD&#10;aPqff2wVW1nqcXEayZr/57aK6crSMJzfKhqTWihhy6VVBD2YJvLFW8VpV8ftG7Rrinj8keBZ36Dd&#10;5eKJhHi847skxFkH5KFRpJp79jfoYzQuhNh9mboQ4uXd+ZHvztQy4fMrOkhNbvSpWH/fHc6pu/T7&#10;D9q3fwMAAP//AwBQSwMEFAAGAAgAAAAhAG0xWUzgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdxKiNMZtSinoqBVuh9DbNTpPQ7G7IbpP03zue9DQzvMeb7+WLybRioN43&#10;ziqIZxEIsqXTja0UfO8+HlIQPqDV2DpLCq7kYVHc3uSYaTfaLxq2oRIcYn2GCuoQukxKX9Zk0M9c&#10;R5a1k+sNBj77SuoeRw43rXyMohdpsLH8ocaOVjWV5+3FKPgccVwm8fuwPp9W18PuebNfx6TU/d20&#10;fAMRaAp/ZvjFZ3QomOnoLlZ70SpIo9eErQqeeLCeJhEvRwXJfA6yyOX/AsUPAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAKuFgPxfBAAAGBcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAG0xWUzgAAAACAEAAA8AAAAAAAAAAAAAAAAAuQYAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADGBwAAAAA=&#10;">
                 <v:group id="Group 58" o:spid="_x0000_s1027" style="position:absolute;left:8096;top:49;width:203;height:2" coordorigin="8096,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCFIXfcwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GtIqDVFMRUXEhA6OCuLs0tw9sbkoT2/r3k8XALA/nvd4MphYdta6yrCCeRiCIM6sr&#10;LhTcrofPJQjnkTXWlknBmxxs0tHHGhNte/6h7uILEULYJaig9L5JpHRZSQbd1DbEgctta9AH2BZS&#10;t9iHcFPLWRR9SYMVh4YSG9qVlD0vL6Pg2GO/ncf77vzMd+/HdfF9P8ek1GQ8bFcgPA3+X/znPmkF&#10;izA2fAk/QKa/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIUhd9zBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:shape id="Freeform 59" o:spid="_x0000_s1028" style="position:absolute;left:8096;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCpCRrwxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva6qyotUoIiguLop/Lt6ezbMtNi+lyWrXT78RBI/DzPyGGU9rU4gbVS63rKDTjkAQ&#10;J1bnnCo4HhafAxDOI2ssLJOCP3IwnTQ+xhhre+cd3fY+FQHCLkYFmfdlLKVLMjLo2rYkDt7FVgZ9&#10;kFUqdYX3ADeF7EZRXxrMOSxkWNI8o+S6/zUKiuNhtV1skkEvWmL352TX34/NWalWs56NQHiq/Tv8&#10;aq+0gq8hPL+EHyAn/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCpCRrwxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 56" o:spid="_x0000_s1029" style="position:absolute;left:8096;top:371;width:203;height:2" coordorigin="8096,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC1O7FnwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCu7GtMqIVFMRUXEhA6OCuLs0tw9sbkoT2/r3k8XALA/nvd4MphYdta6yrCCeRiCIM6sr&#10;LhTcrofPJQjnkTXWlknBmxxs0tHHGhNte/6h7uILEULYJaig9L5JpHRZSQbd1DbEgctta9AH2BZS&#10;t9iHcFPLWRQtpMGKQ0OJDe1Kyp6Xl1Fw7LHfzuN9d37mu/fj+vV9P8ek1GQ8bFcgPA3+X/znPmkF&#10;i7A+fAk/QKa/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALU7sWfBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:shape id="Freeform 57" o:spid="_x0000_s1030" style="position:absolute;left:8096;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8bVVAxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zWqpldUoKm3xJnVF8PbYPHcXNy9LkuraX28EweMwM98ws0VranEh5yvLCoaDBARx&#10;bnXFhYJ99t2fgPABWWNtmRTcyMNi3u3MMNX2yr902YVCRAj7FBWUITSplD4vyaAf2IY4eifrDIYo&#10;XSG1w2uEm1qOkmQsDVYcF0psaF1Sft79GQUH+jl93Zb/+uP4vj2vPieZy1aZUm+9djkFEagNr/Cz&#10;vdEKxkN4fIk/QM7vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPxtVUDEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 54" o:spid="_x0000_s1031" style="position:absolute;left:8099;top:46;width:2;height:328" coordorigin="8099,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAqpYqLxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbplUUqUYR2V32IIJ1YfH2aJ5tsXkpTbat/34jCB6HmfmG2ex6U4mWGldaVhBPIxDE&#10;mdUl5wp+Lp+TFQjnkTVWlknBgxzstsPBBhNtOz5Tm/pcBAi7BBUU3teJlC4ryKCb2po4eDfbGPRB&#10;NrnUDXYBbio5i6KlNFhyWCiwpkNB2T39Mwq+Ouz28/ijPd5vh8f1sjj9HmNSajzq92sQnnr/Dr/a&#10;31rBcgbPL+EHyO0/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACqliovEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 55" o:spid="_x0000_s1032" style="position:absolute;left:8099;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCIaFHqwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIuoZbjgmucKKEECqWkhzj9gEXa2ibWykiq4/x9FSj0OMzMG2a7n+0gJvKhd6xgneUg&#10;iLUzPbcKvs5vTxWIEJENDo5JwY0C7HcPiy3Wxl35RFMTW5EgHGpU0MU41lIG3ZHFkLmROHnfzluM&#10;SfpWGo/XBLeDLPK8lBZ7TgsdjnToSF+aH6uAGfVp5Q/rTzwWfcV2etEfUqnl4/y6ARFpjv/hv/a7&#10;UVA+w/1L+gFy9wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCIaFHqwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 52" o:spid="_x0000_s1033" style="position:absolute;left:8297;top:46;width:2;height:328" coordorigin="8297,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDKALdkxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbptVdWbpGEVHxIAv+gWVvj+bZFpuX0sS2fvuNIHgcZuY3zHzZmVI0VLvCsoJ4HIEg&#10;Tq0uOFNwOW9HXyCcR9ZYWiYFD3KwXPR7c0y0bflIzclnIkDYJagg975KpHRpTgbd2FbEwbva2qAP&#10;ss6krrENcFPKSRTNpMGCw0KOFa1zSm+nu1Gwa7FdTeNNc7hd14+/8+fP7yEmpYaDbvUNwlPn3+FX&#10;e68VzD7g+SX8ALn4BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMoAt2TEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 53" o:spid="_x0000_s1034" style="position:absolute;left:8297;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBozWwFwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIuoZZjqGucKKEECqWkhzj9gEXa2ibWykiq4/x9FSj0OMzMG2a7n+0gJvKhd6xgneUg&#10;iLUzPbcKvs5vTxWIEJENDo5JwY0C7HcPiy3Wxl35RFMTW5EgHGpU0MU41lIG3ZHFkLmROHnfzluM&#10;SfpWGo/XBLeDLPK8lBZ7TgsdjnToSF+aH6uAGfVp5Q/rTzwWfcV2etEfUqnl4/y6ARFpjv/hv/a7&#10;UVA+w/1L+gFy9wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBozWwFwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -11961,51 +11960,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="4F0A9DB5" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:419.05pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251642880;mso-position-horizontal-relative:page" coordorigin="8381,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHLgCSXAQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j9g70Do54ZGV8eOEKcY2iYY&#10;0G0F6j4ALVEXTBI1UracPf0+kpIsaW6XellQDM4PhTQPD8/10yfevj6UBdkzIXNerS33yrEIqyIe&#10;51W6tj5t7l+tLCIbWsW04BVbW49MWq/vvv/utq1D5vGMFzETBEoqGbb12sqapg5tW0YZK6m84jWr&#10;sJhwUdIGU5HasaAttJeF7TnOtd1yEdeCR0xK/PrWLFp3Wn+SsKj5LUkka0ixtmBbo59CP7fqad/d&#10;0jAVtM7yqDODnmFFSfMKhw6q3tKGkp3I/6aqzCPBJU+aq4iXNk+SPGLaB3jjOjNvHgTf1dqXNGzT&#10;eggTQjuL09lqo1/3D6L+WH8QxnoM3/Pod4m42G2dhuN1NU+NMNm2v/AY+aS7hmvHD4kolQq4RA46&#10;vo9DfNmhIRF+dH3fXyALEZY813NuuvhHGZKkdq38lWsRrAa+yUyUvev2em630fcDtWbT0BypzezM&#10;UmnvbDRDmP9BkDyGxhuLVLSEyTqqBHNombuoEvhcIYAzgXFGH0XDPgye43cx6J08uj/dMXJ/suez&#10;zqOJ5LFO5L+rk48ZrZkuP6nqoAukSqAJ5L1gTHUmwU86llqsryU5LqTRSlvLUKLe/rGEnhi/IRY0&#10;jHayeWBc1yHdv5cNrEJGY4zMoDN8AxeSskCj//iKOEQdpB8mHWnci6EWjdgPNtk4pCUqc53OXsbr&#10;ZYyqxWp5UhUyflTlHVXB+sE+mvUmR4eqsxkjQhWWOrrLai5Vn2xMl+iwQwOElH+fkcXRfSv2suZ/&#10;d4QASM7hUVgE8Lg1zta0UZapI9SQtOheBELNS75nG65Xmlnb44zjalGNpXQDjGwyq9ig1OvWHo5U&#10;lo6yWvH7vCh0CopKGRL47kpbInmRx2pRGSNFun1TCLKnCvb1n3IFyiZigNcq1soyRuN33biheWHG&#10;kC8QWSCMKVmFFzLc8vgR5Su4eZng5YdBxsWfFmnxIllb8o8dFcwixc8VOvDGDQLUW6MnwWLpYSLG&#10;K9vxCq0iqFpbjYW0q+GbxrytdrXI0wwnudrdiv8E5E1yVeLaPmNVNwEI6NEECzWyDZDXdzMqaQKL&#10;SxWoF4FFf+ma+no6Lg5bvklgBBTMgDFYmWiO4A8l+GzAOITjdARRvv1bedxDF2TsUfR/joxAGg2G&#10;F2QEXn89MqI6Jsi4eAFkXBrCeD0DRkMXfU/DCd6II7483THCxcmeAQrmbPklCCM47RwXtYPqZQpe&#10;+ZyEcRqNARZPx2JKLb4CFoNrEnQpOk0WIZCRIV1HmSlZ9JfBCT1jpqgkBkXI4RlUEWwDTAuE0fCf&#10;L1LFTlZzXJymZc3/c6litrZUGM6nisakLpSw5UIVwXkNiXxxqrjo+7j7gtZ18p9SxcUKZ6rrgCcD&#10;4nzHNwmI130ghy/oQN9pPDsgzqNxAcT+ZuoCiJdv5yd+O2vKhOtXMEh1PaivitX97niu2WU4XGjf&#10;/QUAAP//AwBQSwMEFAAGAAgAAAAhAIJp/pffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5gje7ibE2jdmUUtRTEWwF6e01+5qEZt+G7DZJ/73rSY/DDDPf5KvJtGKg3jWWFcSz&#10;CARxaXXDlYKv/dtDCsJ5ZI2tZVJwJQer4vYmx0zbkT9p2PlKhBJ2GSqove8yKV1Zk0E3sx1x8E62&#10;N+iD7CupexxDuWnlYxQ9S4MNh4UaO9rUVJ53F6PgfcRxncSvw/Z82lwP+/nH9zYmpe7vpvULCE+T&#10;/wvDL35AhyIwHe2FtROtgjRJ4xBV8JSACH46XwZ9VJAsFiCLXP4/UPwAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAxy4AklwEAAAYFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAgmn+l98AAAAIAQAADwAAAAAAAAAAAAAAAAC2BgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMIHAAAAAA==&#10;">
+              <v:group w14:anchorId="6044DC23" id="Group 42" o:spid="_x0000_s1026" style="position:absolute;margin-left:419.05pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251642880;mso-position-horizontal-relative:page" coordorigin="8381,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHLgCSXAQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWOtu2zYU/j9g70Do54ZGV8eOEKcY2iYY&#10;0G0F6j4ALVEXTBI1UracPf0+kpIsaW6XellQDM4PhTQPD8/10yfevj6UBdkzIXNerS33yrEIqyIe&#10;51W6tj5t7l+tLCIbWsW04BVbW49MWq/vvv/utq1D5vGMFzETBEoqGbb12sqapg5tW0YZK6m84jWr&#10;sJhwUdIGU5HasaAttJeF7TnOtd1yEdeCR0xK/PrWLFp3Wn+SsKj5LUkka0ixtmBbo59CP7fqad/d&#10;0jAVtM7yqDODnmFFSfMKhw6q3tKGkp3I/6aqzCPBJU+aq4iXNk+SPGLaB3jjOjNvHgTf1dqXNGzT&#10;eggTQjuL09lqo1/3D6L+WH8QxnoM3/Pod4m42G2dhuN1NU+NMNm2v/AY+aS7hmvHD4kolQq4RA46&#10;vo9DfNmhIRF+dH3fXyALEZY813NuuvhHGZKkdq38lWsRrAa+yUyUvev2em630fcDtWbT0BypzezM&#10;UmnvbDRDmP9BkDyGxhuLVLSEyTqqBHNombuoEvhcIYAzgXFGH0XDPgye43cx6J08uj/dMXJ/suez&#10;zqOJ5LFO5L+rk48ZrZkuP6nqoAukSqAJ5L1gTHUmwU86llqsryU5LqTRSlvLUKLe/rGEnhi/IRY0&#10;jHayeWBc1yHdv5cNrEJGY4zMoDN8AxeSskCj//iKOEQdpB8mHWnci6EWjdgPNtk4pCUqc53OXsbr&#10;ZYyqxWp5UhUyflTlHVXB+sE+mvUmR4eqsxkjQhWWOrrLai5Vn2xMl+iwQwOElH+fkcXRfSv2suZ/&#10;d4QASM7hUVgE8Lg1zta0UZapI9SQtOheBELNS75nG65Xmlnb44zjalGNpXQDjGwyq9ig1OvWHo5U&#10;lo6yWvH7vCh0CopKGRL47kpbInmRx2pRGSNFun1TCLKnCvb1n3IFyiZigNcq1soyRuN33biheWHG&#10;kC8QWSCMKVmFFzLc8vgR5Su4eZng5YdBxsWfFmnxIllb8o8dFcwixc8VOvDGDQLUW6MnwWLpYSLG&#10;K9vxCq0iqFpbjYW0q+GbxrytdrXI0wwnudrdiv8E5E1yVeLaPmNVNwEI6NEECzWyDZDXdzMqaQKL&#10;SxWoF4FFf+ma+no6Lg5bvklgBBTMgDFYmWiO4A8l+GzAOITjdARRvv1bedxDF2TsUfR/joxAGg2G&#10;F2QEXn89MqI6Jsi4eAFkXBrCeD0DRkMXfU/DCd6II7483THCxcmeAQrmbPklCCM47RwXtYPqZQpe&#10;+ZyEcRqNARZPx2JKLb4CFoNrEnQpOk0WIZCRIV1HmSlZ9JfBCT1jpqgkBkXI4RlUEWwDTAuE0fCf&#10;L1LFTlZzXJymZc3/c6litrZUGM6nisakLpSw5UIVwXkNiXxxqrjo+7j7gtZ18p9SxcUKZ6rrgCcD&#10;4nzHNwmI130ghy/oQN9pPDsgzqNxAcT+ZuoCiJdv5yd+O2vKhOtXMEh1PaivitX97niu2WU4XGjf&#10;/QUAAP//AwBQSwMEFAAGAAgAAAAhAIJp/pffAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FL&#10;w0AUhO+C/2F5gje7ibE2jdmUUtRTEWwF6e01+5qEZt+G7DZJ/73rSY/DDDPf5KvJtGKg3jWWFcSz&#10;CARxaXXDlYKv/dtDCsJ5ZI2tZVJwJQer4vYmx0zbkT9p2PlKhBJ2GSqove8yKV1Zk0E3sx1x8E62&#10;N+iD7CupexxDuWnlYxQ9S4MNh4UaO9rUVJ53F6PgfcRxncSvw/Z82lwP+/nH9zYmpe7vpvULCE+T&#10;/wvDL35AhyIwHe2FtROtgjRJ4xBV8JSACH46XwZ9VJAsFiCLXP4/UPwAAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAxy4AklwEAAAYFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAgmn+l98AAAAIAQAADwAAAAAAAAAAAAAAAAC2BgAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAMIHAAAAAA==&#10;">
                 <v:group id="Group 49" o:spid="_x0000_s1027" style="position:absolute;left:8384;top:49;width:203;height:2" coordorigin="8384,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBvtESaxgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9ba8JA&#10;FITfC/6H5Qh9q5vYVjRmFRFb+iCCFxDfDtmTC2bPhuw2if++Wyj0cZiZb5h0PZhadNS6yrKCeBKB&#10;IM6srrhQcDl/vMxBOI+ssbZMCh7kYL0aPaWYaNvzkbqTL0SAsEtQQel9k0jpspIMuoltiIOX29ag&#10;D7ItpG6xD3BTy2kUzaTBisNCiQ1tS8rup2+j4LPHfvMa77r9Pd8+buf3w3Ufk1LP42GzBOFp8P/h&#10;v/aXVvC2gN8v4QfI1Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAb7REmsYAAADbAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
                   <v:shape id="Freeform 50" o:spid="_x0000_s1028" style="position:absolute;left:8384;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA4M7NtwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDrjTVEWR2lRkwEFRFB8bd9fmTlumuSlN1M58vVkILg/nncxbU4k7Na60rGDQj0AQZ1aX&#10;nCs4n5a9KQjnkTVWlknBHzmYpx+dBGNtH3yg+9HnIoSwi1FB4X0dS+myggy6vq2JA/djG4M+wCaX&#10;usFHCDeVHEbRRBosOTQUWNNXQdnv8WYUVOfTar/cZdNR9I3D7cVu1v+7q1Ldz3YxA+Gp9W/xy73S&#10;CsZhffgSfoBMnwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA4M7NtwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 47" o:spid="_x0000_s1029" style="position:absolute;left:8384;top:371;width:203;height:2" coordorigin="8384,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUG95BwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1rFZalGEVHxIMLqgnh7NM+22LyUJrb13xtB8DjMzDfMbNGZUjRUu8KygngYgSBO&#10;rS44U/B/2nz/gnAeWWNpmRQ8yMFi3vuaYaJty3/UHH0mAoRdggpy76tESpfmZNANbUUcvKutDfog&#10;60zqGtsAN6UcRdGPNFhwWMixolVO6e14Nwq2LbbLcbxu9rfr6nE5TQ7nfUxKDfrdcgrCU+c/4Xd7&#10;pxVMYnh9CT9Azp8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFBveQcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 48" o:spid="_x0000_s1030" style="position:absolute;left:8384;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDC0wGKxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatFK6tRVGzxJnVF8PbYPHcXNy9LEnX11xuh0OMwM98w03lranEl5yvLCvq9BARx&#10;bnXFhYJ99v0xBuEDssbaMim4k4f5rPM2xVTbG//SdRcKESHsU1RQhtCkUvq8JIO+Zxvi6J2sMxii&#10;dIXUDm8Rbmo5SJKRNFhxXCixoVVJ+Xl3MQoO9HNa3xcPPTx+bs/Lr3HmsmWm1Hu3XUxABGrDf/iv&#10;vdEKhgN4fYk/QM6eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMLTAYrEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 45" o:spid="_x0000_s1031" style="position:absolute;left:8387;top:46;width:2;height:328" coordorigin="8387,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLheWtxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81U0Ui6TZiIgVD1KoCtLbI/vyh2Tfhuw2id/eLRR6HGbmN0y6mUwrBupdbVlBPI9A&#10;EOdW11wquF4+XtcgnEfW2FomBXdysMmen1JMtB35i4azL0WAsEtQQeV9l0jp8ooMurntiINX2N6g&#10;D7Ivpe5xDHDTykUUvUmDNYeFCjvaVZQ35x+j4DDiuF3G++HUFLv792X1eTvFpNTsZdq+g/A0+f/w&#10;X/uoFayW8Psl/ACZPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLheWtxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 46" o:spid="_x0000_s1032" style="position:absolute;left:8387;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJ7QMjwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EIvIZEdmh/cKKYYAqU0h6R9gEXa2qbWykiK7b59FQj0OMzMN8y+nGwnBvKhdawgX2Yg&#10;iLUzLdcKvj6Pix2IEJENdo5JwS8FKA8Psz0Wxo18puESa5EgHApU0MTYF1IG3ZDFsHQ9cfK+nbcY&#10;k/S1NB7HBLedXGXZRlpsOS002FPVkP65XK0CZtTnua/yE36s2h3bYavfpVJPj9PrC4hIU/wP39tv&#10;RsH6GW5f0g+Qhz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAye0DI8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 43" o:spid="_x0000_s1033" style="position:absolute;left:8585;top:46;width:2;height:328" coordorigin="8585,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBrINhCwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/sfwlvwtqZVKkvXKCKreBBBXRBvj+bZFpuX0sS2/nsjCB6HmfmGmc57U4mWGldaVhAPIxDE&#10;mdUl5wr+j6vvHxDOI2usLJOCOzmYzz4/pphq2/Ge2oPPRYCwS1FB4X2dSumyggy6oa2Jg3exjUEf&#10;ZJNL3WAX4KaSoyiaSIMlh4UCa1oWlF0PN6Ng3WG3GMd/7fZ6Wd7Px2R32sak1OCrX/yC8NT7d/jV&#10;3mgFSQLPL+EHyNkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAayDYQsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 44" o:spid="_x0000_s1034" style="position:absolute;left:8585;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWczjPwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIuoZZjqGucKKEECqWkhzj9gEXa2ibWykiq4/x9FSj0OMzMG2a7n+0gJvKhd6xgneUg&#10;iLUzPbcKvs5vTxWIEJENDo5JwY0C7HcPiy3Wxl35RFMTW5EgHGpU0MU41lIG3ZHFkLmROHnfzluM&#10;SfpWGo/XBLeDLPK8lBZ7TgsdjnToSF+aH6uAGfVp5Q/rTzwWfcV2etEfUqnl4/y6ARFpjv/hv/a7&#10;UfBcwv1L+gFy9wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWczjPwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -12343,51 +12342,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="6849E1EC" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:433.45pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251641856;mso-position-horizontal-relative:page" coordorigin="8669,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn7RP8XwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2NrJfYjhCnGNom&#10;GNBtBer9AFqiXjBJ1Ejacvbr95CUZFlzu9ZNg25wPiikeTzePXf38KTbl/uqJDsmZMHrleNdzRzC&#10;6pgnRZ2tnN/X9y+WDpGK1gktec1WziOTzsu777+7bZuI+TznZcIEgZJaRm2zcnKlmsh1ZZyzisor&#10;3rAaiykXFVWYisxNBG2hvSpdfzabuy0XSSN4zKTEr6/tonNn9Kcpi9VvaSqZIuXKgW3KPIV5bvTT&#10;vbulUSZokxdxZwY9w4qKFjUOHVS9poqSrSj+oaoqYsElT9VVzCuXp2kRM+MDvPFmE28eBN82xpcs&#10;arNmgAnQTnA6W2386+5BNO+bd8Jaj+FbHv8hgYvbNlk0XtfzzAqTTfsLTxBPulXcOL5PRaVVwCWy&#10;N/g+DviyvSIxfvSCILhGFGIs+Z4/u+nwj3MESe9azuc3DsFqGNjIxPmbbq/vdRuDINRrLo3skcbM&#10;ziwd9s5GO4T57wQpEmjE9ppWMNmgSjCHlqmLOoBPBcFyvvCtMzfWmR4GfxZ0GPRODu5PdozcP9rz&#10;QedRRPKQJ/LL8uR9Thtm0k/qPOiB9Hog7wVjujJJ6FksjVifS3KcSKOVtpGRRL79awp9In4DFjSK&#10;t1I9MG7ykO7eSmWrO8HIZHfSZcAauZBWJQr9xxdkRvRB5mHDkQ1i8NSK/eCS9Yy0REeu09mrQojH&#10;qpaL65OqEPGDKv+gCtZnvX00702O93VnM0aEai6dmSpruNR1soZlfXlBA4S0fx+QxdFTWbunO0KA&#10;JKf0KBwCetxYZxuqtGX6CD0kLaoXQOh5xXdszc2KmpQ9zjislvVYyhTAyCa7ig1avSnt4Uht6Siq&#10;Nb8vytKEoKy1IWHgLY0lkpdFohe1MVJkm1elIDuqad/8aVeg7EgM9FonRlnOaPKmGytalHYM+RLI&#10;gmFsymq+kNGGJ49IX8HtZYLLD4Oci78c0uIiWTnyzy0VzCHlzzUq8MYLNfcoMwmvFz4mYryyGa/Q&#10;OoaqlaMchF0PXyl7W20bUWQ5TvKMuzX/CcybFjrFjX3Wqm4CEjCjIy40zDZQXl/NyN8xLQZLDdSz&#10;0GKwMLRBo0/nxWHLN0mMKDQL5UCMgWF+nTTgz6cnxgGO0wgifftbeVxDF2bsWfR/zoxgGkOGF2YE&#10;X38+M4Z9OduGMZg/AzNe24bRHDUiRtsuBr4hZ9yIh355cbxjxItHewYqmHbLz9EwwsQpLy4slk/O&#10;i8doDLR4Govj1uIzaDGck7AL0elmEQI5GcJ1kDluFoNFeELPuFPUEoMixPCMVhHdBjotNIy2//lo&#10;q9jJmh4XpxlZ+//cVjFfORqG81tFa1IHJWy5tIroeW0T+eyt4ryv444QzXv4V20Vlwt7RffVdrqg&#10;x4Q43fFNEuKiB/LQKF5/FUKconEaP5TVF/aJF0IcfVr86LvzhRD/c+/OpmXC51d0kEffd8dz010e&#10;Pmjf/Q0AAP//AwBQSwMEFAAGAAgAAAAhAEBNS6TfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AUhO8m/ofNM/FmF0QBkaVpGvXUmNiaNL1t4RVI2beE3QL99z5PepzMZOabfDmbTow4uNaS&#10;gnARgEAqbdVSreB79/6QgnBeU6U7S6jgig6Wxe1NrrPKTvSF49bXgkvIZVpB432fSenKBo12C9sj&#10;sXeyg9Ge5VDLatATl5tOPgZBLI1uiRca3eO6wfK8vRgFH5OeVlH4Nm7Op/X1sHv+3G9CVOr+bl69&#10;gvA4+78w/OIzOhTMdLQXqpzoFKRx/MJRBU8RCPbTNGF9VBAlCcgil/8PFD8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAp+0T/F8EAAAYFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAQE1LpN8AAAAIAQAADwAAAAAAAAAAAAAAAAC5BgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMUHAAAAAA==&#10;">
+              <v:group w14:anchorId="2420B8C7" id="Group 33" o:spid="_x0000_s1026" style="position:absolute;margin-left:433.45pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251641856;mso-position-horizontal-relative:page" coordorigin="8669,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCn7RP8XwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWG1v2zYQ/j5g/4HQxw2NrJfYjhCnGNom&#10;GNBtBer9AFqiXjBJ1Ejacvbr95CUZFlzu9ZNg25wPiikeTzePXf38KTbl/uqJDsmZMHrleNdzRzC&#10;6pgnRZ2tnN/X9y+WDpGK1gktec1WziOTzsu777+7bZuI+TznZcIEgZJaRm2zcnKlmsh1ZZyzisor&#10;3rAaiykXFVWYisxNBG2hvSpdfzabuy0XSSN4zKTEr6/tonNn9Kcpi9VvaSqZIuXKgW3KPIV5bvTT&#10;vbulUSZokxdxZwY9w4qKFjUOHVS9poqSrSj+oaoqYsElT9VVzCuXp2kRM+MDvPFmE28eBN82xpcs&#10;arNmgAnQTnA6W2386+5BNO+bd8Jaj+FbHv8hgYvbNlk0XtfzzAqTTfsLTxBPulXcOL5PRaVVwCWy&#10;N/g+DviyvSIxfvSCILhGFGIs+Z4/u+nwj3MESe9azuc3DsFqGNjIxPmbbq/vdRuDINRrLo3skcbM&#10;ziwd9s5GO4T57wQpEmjE9ppWMNmgSjCHlqmLOoBPBcFyvvCtMzfWmR4GfxZ0GPRODu5PdozcP9rz&#10;QedRRPKQJ/LL8uR9Thtm0k/qPOiB9Hog7wVjujJJ6FksjVifS3KcSKOVtpGRRL79awp9In4DFjSK&#10;t1I9MG7ykO7eSmWrO8HIZHfSZcAauZBWJQr9xxdkRvRB5mHDkQ1i8NSK/eCS9Yy0REeu09mrQojH&#10;qpaL65OqEPGDKv+gCtZnvX00702O93VnM0aEai6dmSpruNR1soZlfXlBA4S0fx+QxdFTWbunO0KA&#10;JKf0KBwCetxYZxuqtGX6CD0kLaoXQOh5xXdszc2KmpQ9zjislvVYyhTAyCa7ig1avSnt4Uht6Siq&#10;Nb8vytKEoKy1IWHgLY0lkpdFohe1MVJkm1elIDuqad/8aVeg7EgM9FonRlnOaPKmGytalHYM+RLI&#10;gmFsymq+kNGGJ49IX8HtZYLLD4Oci78c0uIiWTnyzy0VzCHlzzUq8MYLNfcoMwmvFz4mYryyGa/Q&#10;OoaqlaMchF0PXyl7W20bUWQ5TvKMuzX/CcybFjrFjX3Wqm4CEjCjIy40zDZQXl/NyN8xLQZLDdSz&#10;0GKwMLRBo0/nxWHLN0mMKDQL5UCMgWF+nTTgz6cnxgGO0wgifftbeVxDF2bsWfR/zoxgGkOGF2YE&#10;X38+M4Z9OduGMZg/AzNe24bRHDUiRtsuBr4hZ9yIh355cbxjxItHewYqmHbLz9EwwsQpLy4slk/O&#10;i8doDLR4Govj1uIzaDGck7AL0elmEQI5GcJ1kDluFoNFeELPuFPUEoMixPCMVhHdBjotNIy2//lo&#10;q9jJmh4XpxlZ+//cVjFfORqG81tFa1IHJWy5tIroeW0T+eyt4ryv444QzXv4V20Vlwt7RffVdrqg&#10;x4Q43fFNEuKiB/LQKF5/FUKconEaP5TVF/aJF0IcfVr86LvzhRD/c+/OpmXC51d0kEffd8dz010e&#10;Pmjf/Q0AAP//AwBQSwMEFAAGAAgAAAAhAEBNS6TfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPg0AUhO8m/ofNM/FmF0QBkaVpGvXUmNiaNL1t4RVI2beE3QL99z5PepzMZOabfDmbTow4uNaS&#10;gnARgEAqbdVSreB79/6QgnBeU6U7S6jgig6Wxe1NrrPKTvSF49bXgkvIZVpB432fSenKBo12C9sj&#10;sXeyg9Ge5VDLatATl5tOPgZBLI1uiRca3eO6wfK8vRgFH5OeVlH4Nm7Op/X1sHv+3G9CVOr+bl69&#10;gvA4+78w/OIzOhTMdLQXqpzoFKRx/MJRBU8RCPbTNGF9VBAlCcgil/8PFD8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAp+0T/F8EAAAYFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAQE1LpN8AAAAIAQAADwAAAAAAAAAAAAAAAAC5BgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMUHAAAAAA==&#10;">
                 <v:group id="Group 40" o:spid="_x0000_s1027" style="position:absolute;left:8672;top:49;width:203;height:2" coordorigin="8672,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD+ju0HwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LasJA&#10;FN0L/YfhFrozk7RaSnQUCW3pQgSTQnF3yVyTYOZOyEzz+HtnUejycN7b/WRaMVDvGssKkigGQVxa&#10;3XCl4Lv4WL6BcB5ZY2uZFMzkYL97WGwx1XbkMw25r0QIYZeigtr7LpXSlTUZdJHtiAN3tb1BH2Bf&#10;Sd3jGMJNK5/j+FUabDg01NhRVlN5y3+Ngs8Rx8NL8j4cb9dsvhTr088xIaWeHqfDBoSnyf+L/9xf&#10;WsEqrA9fwg+QuzsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/o7tB8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 41" o:spid="_x0000_s1028" style="position:absolute;left:8672;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSpoArxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8JA&#10;EITvC/6HoQVvm4kPFomOIoLisqL4uHhrM20SzPSEzKjRX7+zsOCxqKqvqPG0MaW4U+0Kywq6UQyC&#10;OLW64EzB8bD4HIJwHlljaZkUPMnBdNL6GGOi7YN3dN/7TAQIuwQV5N5XiZQuzcmgi2xFHLyLrQ36&#10;IOtM6hofAW5K2YvjL2mw4LCQY0XznNLr/mYUlMfDarvYpMN+vMTe+mR/vl+bs1KddjMbgfDU+Hf4&#10;v73SCgZd+PsSfoCc/AIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDSpoArxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 38" o:spid="_x0000_s1029" style="position:absolute;left:8672;top:371;width:203;height:2" coordorigin="8672,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhENbrxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aVpXF6lGEdkVDyKoC+Lt0TzbYvNSmmxb/70RBI/DzHzDzJedKUVDtSssK4iHEQji&#10;1OqCMwV/p9/BFITzyBpLy6TgTg6Wi4/eHBNtWz5Qc/SZCBB2CSrIva8SKV2ak0E3tBVx8K62NuiD&#10;rDOpa2wD3JRyFEXf0mDBYSHHitY5pbfjv1GwabFdfcU/ze52Xd8vp8n+vItJqf5nt5qB8NT5d/jV&#10;3moF4xE8v4QfIBcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGEQ1uvEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 39" o:spid="_x0000_s1030" style="position:absolute;left:8672;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAoRjLMxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedKO2KmlW0dJKb6Iphd4e2WcSkn0bdrca/fXdgtDjMDPfMNm6N604k/O1ZQWTcQKC&#10;uLC65lLBZ/4+WoLwAVlja5kUXMnDejV4yDDV9sIHOh9DKSKEfYoKqhC6VEpfVGTQj21HHL2TdQZD&#10;lK6U2uElwk0rp0kylwZrjgsVdvRaUdEcf4yCL9qd3q6bm37+nu2b7WKZu3ybK/U47DcvIAL14T98&#10;b39oBU8z+PsSf4Bc/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAoRjLMxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 36" o:spid="_x0000_s1031" style="position:absolute;left:8675;top:46;width:2;height:328" coordorigin="8675,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBtesExQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq91U3atEh0FZG29CAFk4J4e2SfSTD7NmS3+fPtXaHgcZiZ3zCrzWga0VPnassK4nkE&#10;griwuuZSwW/++bwA4TyyxsYyKZjIwWb9MFthqu3AB+ozX4oAYZeigsr7NpXSFRUZdHPbEgfvbDuD&#10;PsiulLrDIcBNI1+i6F0arDksVNjSrqLikv0ZBV8DDtvX+KPfX8676ZS//Rz3MSn19DhulyA8jf4e&#10;/m9/awVJArcv4QfI9RUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBtesExQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 37" o:spid="_x0000_s1032" style="position:absolute;left:8675;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAjeDBlwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EIvIZEdmh/cKKYYAqU0h6R9gEXa2qbWykiK7b59FQj0OMzMN8y+nGwnBvKhdawgX2Yg&#10;iLUzLdcKvj6Pix2IEJENdo5JwS8FKA8Psz0Wxo18puESa5EgHApU0MTYF1IG3ZDFsHQ9cfK+nbcY&#10;k/S1NB7HBLedXGXZRlpsOS002FPVkP65XK0CZtTnua/yE36s2h3bYavfpVJPj9PrC4hIU/wP39tv&#10;RsHzGm5f0g+Qhz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAI3gwZcMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 34" o:spid="_x0000_s1033" style="position:absolute;left:8873;top:46;width:2;height:328" coordorigin="8873,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAeK9DoxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbptVdWbpGEVHxIAv+gWVvj+bZFpuX0sS2fvuNIHgcZuY3zHzZmVI0VLvCsoJ4HIEg&#10;Tq0uOFNwOW9HXyCcR9ZYWiYFD3KwXPR7c0y0bflIzclnIkDYJagg975KpHRpTgbd2FbEwbva2qAP&#10;ss6krrENcFPKSRTNpMGCw0KOFa1zSm+nu1Gwa7FdTeNNc7hd14+/8+fP7yEmpYaDbvUNwlPn3+FX&#10;e68VfMzg+SX8ALn4BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB4r0OjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 35" o:spid="_x0000_s1034" style="position:absolute;left:8873;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC85guJwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhbyD2EAuJZFjSm2cKCEECqG0h/w8wCJtbBNrZSTVdt++KhR6HGbmG2a7n2wnBvKhdaxgvcpA&#10;EGtnWq4V3K5vyxJEiMgGO8ek4JsC7Hezpy1Wxo18puESa5EgHCpU0MTYV1IG3ZDFsHI9cfLuzluM&#10;SfpaGo9jgttO5ln2Ki22nBYa7OnYkH5cvqwCZtTnZ39cf+JH3pZsh0K/S6UW8+mwARFpiv/hv/bJ&#10;KHgp4PdL+gFy9wMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC85guJwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -12725,51 +12724,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="179CBCA6" id="Group 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:447.85pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251640832;mso-position-horizontal-relative:page" coordorigin="8957,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCenWeMZwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNuO2zYQfS/QfyD02CIr6+KbsN6gSLKL&#10;AmkbIM4H0BJ1QSVRJWXLm6/vISnJkte5ObuLtPA+aElzOJw5M3M40vXLfZGTHRMy4+XKcq4mFmFl&#10;yKOsTFbWh/Xti4VFZE3LiOa8ZCvrnknr5c3PP103VcBcnvI8YoJASSmDplpZaV1XgW3LMGUFlVe8&#10;YiUWYy4KWmMqEjsStIH2IrfdyWRmN1xEleAhkxK/vjaL1o3WH8csrP+KY8lqkq8s2Fbrp9DPjXra&#10;N9c0SASt0ixszaBnWFHQrMShvarXtKZkK7IHqoosFFzyuL4KeWHzOM5Cpn2AN87kyJs7wbeV9iUJ&#10;mqTqYQK0RzidrTb8c3cnqvfVO2Gsx/AtD/+WwMVuqiQYrqt5YoTJpvmDR4gn3dZcO76PRaFUwCWy&#10;1/je9/iyfU1C/Oh4njdFFEIsuY47Wbb4hymCpHYtltO5RbDqeyYyYfqm3es67UbP89WaTQNzpDaz&#10;NUuFvbXRDGH+O0GyaGV5jkVKWsBkjSrBHFqOXVQBfCwIFssZTFbOLI0zHQzuxGsx6Jzs3T/aMXB/&#10;tOeTzqOI5CFP5PflyfuUVkynn1R50AHpdkDeCsZUZRLPNVhqsS6X5DCRBitNJQOJfPtiCn0lfj0W&#10;NAi3sr5jXOch3b2VtanuCCOd3VGbAWvEJS5yFPqvL8iEqIP0w4Qj6cWQMkbsF5usJ6QhKnKtzk4V&#10;0BioWjoz76QqRPygyj2ogvVJZx9NO5PDfdnajBGhiksnusoqLlWdrGFZV17QACHl3ydkcfSxrNnT&#10;HiFAksf0KCwCetwYZytaK8vUEWpIGlQvgFDzgu/YmuuV+qjsccZhNS+HUroABjaZVWxQ6nVp90cq&#10;SwdRLfltluc6BHmpDPE9Z6EtkTzPIrWojJEi2bzKBdlRRfv6T7kCZSMx0GsZaWUpo9GbdlzTLDdj&#10;yOdAFgxjUlbxhQw2PLpH+gpuLhNcfhikXHy0SIOLZGXJf7ZUMIvkv5eowKXj+8i3Wk/86dzFRAxX&#10;NsMVWoZQtbJqC2FXw1e1ua22lciSFCc52t2S/wbmjTOV4to+Y1U7AQno0YgLNbP1lNdVM7JjSIuu&#10;5qpnoUVvrimYBl/Pi/2WH5IY/Q7KAzHqC04lDfjz8Ymxh+M0gkjf7lYe1tCFGTsW/Z8zI5hGk+GF&#10;GcHX386M066cTcPoztUV8sTMaDLSn5mLty9r0y567sL8PuiXZ+MdA14c7emp4Lhbfo6GcdYB2fOi&#10;ceQJeHGMxmn8eizGrcU30KI/I12ITjeLEEjRFbfhOsiMm0Vv7p/QAxf6TlFJ9Ipg9xmtonkFQcNo&#10;+p/PtoqtrO5xcZqWNf/PbRVTvHgBhvNbRWNSCyVsubSK6HlNE/nsrSJezUet4vSpCRFvU+ZFp6u2&#10;0wWNTO0+IDzY8UMSIr6JGSAPhKgZ/7EJ8QEap/FDWX1nn3ghxMGnxc++O18I8T/37qxbJnx+RQc5&#10;+r47nOvu8vBB++ZfAAAA//8DAFBLAwQUAAYACAAAACEAuYUViN8AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQUvDQBSE74L/YXmCN7uJsU0b81JKUU9FsBXE2zb7moRm34bsNkn/vetJj8MMM9/k&#10;68m0YqDeNZYR4lkEgri0uuEK4fPw+rAE4bxirVrLhHAlB+vi9iZXmbYjf9Cw95UIJewyhVB732VS&#10;urImo9zMdsTBO9neKB9kX0ndqzGUm1Y+RtFCGtVwWKhVR9uayvP+YhDeRjVukvhl2J1P2+v3Yf7+&#10;tYsJ8f5u2jyD8DT5vzD84gd0KALT0V5YO9EiLFfzNEQRnhIQwV/Fi6CPCEmagixy+f9A8QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCenWeMZwQAABgXAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC5hRWI3wAAAAgBAAAPAAAAAAAAAAAAAAAAAMEG&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzQcAAAAA&#10;">
+              <v:group w14:anchorId="4554AD77" id="Group 24" o:spid="_x0000_s1026" style="position:absolute;margin-left:447.85pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251640832;mso-position-horizontal-relative:page" coordorigin="8957,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCenWeMZwQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWNuO2zYQfS/QfyD02CIr6+KbsN6gSLKL&#10;AmkbIM4H0BJ1QSVRJWXLm6/vISnJkte5ObuLtPA+aElzOJw5M3M40vXLfZGTHRMy4+XKcq4mFmFl&#10;yKOsTFbWh/Xti4VFZE3LiOa8ZCvrnknr5c3PP103VcBcnvI8YoJASSmDplpZaV1XgW3LMGUFlVe8&#10;YiUWYy4KWmMqEjsStIH2IrfdyWRmN1xEleAhkxK/vjaL1o3WH8csrP+KY8lqkq8s2Fbrp9DPjXra&#10;N9c0SASt0ixszaBnWFHQrMShvarXtKZkK7IHqoosFFzyuL4KeWHzOM5Cpn2AN87kyJs7wbeV9iUJ&#10;mqTqYQK0RzidrTb8c3cnqvfVO2Gsx/AtD/+WwMVuqiQYrqt5YoTJpvmDR4gn3dZcO76PRaFUwCWy&#10;1/je9/iyfU1C/Oh4njdFFEIsuY47Wbb4hymCpHYtltO5RbDqeyYyYfqm3es67UbP89WaTQNzpDaz&#10;NUuFvbXRDGH+O0GyaGV5jkVKWsBkjSrBHFqOXVQBfCwIFssZTFbOLI0zHQzuxGsx6Jzs3T/aMXB/&#10;tOeTzqOI5CFP5PflyfuUVkynn1R50AHpdkDeCsZUZRLPNVhqsS6X5DCRBitNJQOJfPtiCn0lfj0W&#10;NAi3sr5jXOch3b2VtanuCCOd3VGbAWvEJS5yFPqvL8iEqIP0w4Qj6cWQMkbsF5usJ6QhKnKtzk4V&#10;0BioWjoz76QqRPygyj2ogvVJZx9NO5PDfdnajBGhiksnusoqLlWdrGFZV17QACHl3ydkcfSxrNnT&#10;HiFAksf0KCwCetwYZytaK8vUEWpIGlQvgFDzgu/YmuuV+qjsccZhNS+HUroABjaZVWxQ6nVp90cq&#10;SwdRLfltluc6BHmpDPE9Z6EtkTzPIrWojJEi2bzKBdlRRfv6T7kCZSMx0GsZaWUpo9GbdlzTLDdj&#10;yOdAFgxjUlbxhQw2PLpH+gpuLhNcfhikXHy0SIOLZGXJf7ZUMIvkv5eowKXj+8i3Wk/86dzFRAxX&#10;NsMVWoZQtbJqC2FXw1e1ua22lciSFCc52t2S/wbmjTOV4to+Y1U7AQno0YgLNbP1lNdVM7JjSIuu&#10;5qpnoUVvrimYBl/Pi/2WH5IY/Q7KAzHqC04lDfjz8Ymxh+M0gkjf7lYe1tCFGTsW/Z8zI5hGk+GF&#10;GcHX386M066cTcPoztUV8sTMaDLSn5mLty9r0y567sL8PuiXZ+MdA14c7emp4Lhbfo6GcdYB2fOi&#10;ceQJeHGMxmn8eizGrcU30KI/I12ITjeLEEjRFbfhOsiMm0Vv7p/QAxf6TlFJ9Ipg9xmtonkFQcNo&#10;+p/PtoqtrO5xcZqWNf/PbRVTvHgBhvNbRWNSCyVsubSK6HlNE/nsrSJezUet4vSpCRFvU+ZFp6u2&#10;0wWNTO0+IDzY8UMSIr6JGSAPhKgZ/7EJ8QEap/FDWX1nn3ghxMGnxc++O18I8T/37qxbJnx+RQc5&#10;+r47nOvu8vBB++ZfAAAA//8DAFBLAwQUAAYACAAAACEAuYUViN8AAAAIAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQUvDQBSE74L/YXmCN7uJsU0b81JKUU9FsBXE2zb7moRm34bsNkn/vetJj8MMM9/k&#10;68m0YqDeNZYR4lkEgri0uuEK4fPw+rAE4bxirVrLhHAlB+vi9iZXmbYjf9Cw95UIJewyhVB732VS&#10;urImo9zMdsTBO9neKB9kX0ndqzGUm1Y+RtFCGtVwWKhVR9uayvP+YhDeRjVukvhl2J1P2+v3Yf7+&#10;tYsJ8f5u2jyD8DT5vzD84gd0KALT0V5YO9EiLFfzNEQRnhIQwV/Fi6CPCEmagixy+f9A8QMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCenWeMZwQAABgXAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC5hRWI3wAAAAgBAAAPAAAAAAAAAAAAAAAAAMEG&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzQcAAAAA&#10;">
                 <v:group id="Group 31" o:spid="_x0000_s1027" style="position:absolute;left:8960;top:49;width:203;height:2" coordorigin="8960,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJxDvhwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8ARvmlZRpBpFZF08yIJVWPb2aJ5tsXkpTbat/94sCB6HmfmGWW97U4mWGldaVhBPIhDE&#10;mdUl5wqul8N4CcJ5ZI2VZVLwIAfbzcdgjYm2HZ+pTX0uAoRdggoK7+tESpcVZNBNbE0cvJttDPog&#10;m1zqBrsAN5WcRtFCGiw5LBRY076g7J7+GQVfHXa7WfzZnu63/eP3Mv/+OcWk1GjY71YgPPX+HX61&#10;j1rBLIb/L+EHyM0TAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAycQ74cMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 32" o:spid="_x0000_s1028" style="position:absolute;left:8960;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB6cm0hxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbplYQqUYRQXFxUfxz8fZsnm2xeSlNVrt++s2C4HGYmd8w03ljSvGg2hWWFQz6EQji&#10;1OqCMwXn06o3BuE8ssbSMin4JQfzWbs1xUTbJx/ocfSZCBB2CSrIva8SKV2ak0HXtxVx8G62NuiD&#10;rDOpa3wGuCllHEUjabDgsJBjRcuc0vvxxygoz6fNfrVLx8NojfH3xW6/XrurUt1Os5iA8NT4T/jd&#10;3mgFwxj+v4QfIGd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHpybSHEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 29" o:spid="_x0000_s1029" style="position:absolute;left:8960;top:371;width:203;height:2" coordorigin="8960,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWWgANxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa4NA&#10;FMTvgX6H5RV6S1YjDcFmIyJN6SEU8gdKbw/3RUX3rbhbNd++Wyj0OMzMb5hdNptOjDS4xrKCeBWB&#10;IC6tbrhScL0cllsQziNr7CyTgjs5yPYPix2m2k58ovHsKxEg7FJUUHvfp1K6siaDbmV74uDd7GDQ&#10;BzlUUg84Bbjp5DqKNtJgw2Ghxp6Kmsr2/G0UvE045Un8Oh7bW3H/ujx/fB5jUurpcc5fQHia/X/4&#10;r/2uFSQJ/H4JP0DufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWWgANxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 30" o:spid="_x0000_s1030" style="position:absolute;left:8960;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/qdnFxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedKO2KmlW0dJKb6Iphd4e2WcSkn0bdrca/fXdgtDjMDPfMNm6N604k/O1ZQWTcQKC&#10;uLC65lLBZ/4+WoLwAVlja5kUXMnDejV4yDDV9sIHOh9DKSKEfYoKqhC6VEpfVGTQj21HHL2TdQZD&#10;lK6U2uElwk0rp0kylwZrjgsVdvRaUdEcf4yCL9qd3q6bm37+nu2b7WKZu3ybK/U47DcvIAL14T98&#10;b39oBbMn+PsSf4Bc/QIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD/qdnFxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 27" o:spid="_x0000_s1031" style="position:absolute;left:8963;top:46;width:2;height:328" coordorigin="8963,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC2/z3ixQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RW81U0Ui6TZiIgVD1KoCtLbI/vyh2Tfhuw2id/eLRR6HGbmN0y6mUwrBupdbVlBPI9A&#10;EOdW11wquF4+XtcgnEfW2FomBXdysMmen1JMtB35i4azL0WAsEtQQeV9l0jp8ooMurntiINX2N6g&#10;D7Ivpe5xDHDTykUUvUmDNYeFCjvaVZQ35x+j4DDiuF3G++HUFLv792X1eTvFpNTsZdq+g/A0+f/w&#10;X/uoFSxX8Psl/ACZPQAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC2/z3ixQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
                   <v:shape id="Freeform 28" o:spid="_x0000_s1032" style="position:absolute;left:8963;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLrN1vwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIuoZbjgmucKKEECqWkhzj9gEXa2ibWykiq4/x9FSj0OMzMG2a7n+0gJvKhd6xgneUg&#10;iLUzPbcKvs5vTxWIEJENDo5JwY0C7HcPiy3Wxl35RFMTW5EgHGpU0MU41lIG3ZHFkLmROHnfzluM&#10;SfpWGo/XBLeDLPK8lBZ7TgsdjnToSF+aH6uAGfVp5Q/rTzwWfcV2etEfUqnl4/y6ARFpjv/hv/a7&#10;UfBcwv1L+gFy9wsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLrN1vwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 25" o:spid="_x0000_s1033" style="position:absolute;left:9161;top:46;width:2;height:328" coordorigin="9161,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApYQYOxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARva1rFVapRRFzxIIJ/QLw9mmdbbF5Kk23rt98sCHscZuY3zGLVmVI0VLvCsoJ4GIEg&#10;Tq0uOFNwvXx/zkA4j6yxtEwKXuRgtex9LDDRtuUTNWefiQBhl6CC3PsqkdKlORl0Q1sRB+9ha4M+&#10;yDqTusY2wE0pR1H0JQ0WHBZyrGiTU/o8/xgFuxbb9TjeNofnY/O6XybH2yEmpQb9bj0H4anz/+F3&#10;e68VjKfw9yX8ALn8BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAClhBg7EAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 26" o:spid="_x0000_s1034" style="position:absolute;left:9161;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVf+yGvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dasIw&#10;FL4f7B3CGXgzbGoHU2qjDEEQ2S78eYBDcmyLzUlJsra+vbkY7PLj+6+2k+3EQD60jhUsshwEsXam&#10;5VrB9bKfr0CEiGywc0wKHhRgu3l9qbA0buQTDedYixTCoUQFTYx9KWXQDVkMmeuJE3dz3mJM0NfS&#10;eBxTuO1kkeef0mLLqaHBnnYN6fv51ypgRn1697vFD34X7YrtsNRHqdTsbfpag4g0xX/xn/tgFHyk&#10;selL+gFy8wQAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCVf+yGvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -13107,51 +13106,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="0BCE7884" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:462.25pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251639808;mso-position-horizontal-relative:page" coordorigin="9245,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvYQfaVQQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWO1u2zYU/T9g70Do54ZG1kfixohTDG0T&#10;DOi2AnUfgJaoD0wSNVK2nD39Di8lWdbcLnWboBicHwplXl7ez8ND3bzalQXbCqVzWS0d72LmMFFF&#10;Ms6rdOl8XN29eOkw3fAq5oWsxNJ5ENp5dfvjDzdtvRC+zGQRC8WgpNKLtl46WdPUC9fVUSZKri9k&#10;LSpMJlKVvMGrSt1Y8Rbay8L1Z7Mrt5UqrpWMhNb49Y2ddG5Jf5KIqPkjSbRoWLF0YFtDT0XPtXm6&#10;tzd8kSpeZ3nUmcFPsKLkeYVNB1VveMPZRuX/UlXmkZJaJs1FJEtXJkkeCfIB3niziTf3Sm5q8iVd&#10;tGk9hAmhncTpZLXR79t7VX+o3ytrPYbvZPSnRlzctk4X43nznlphtm5/kzHyyTeNJMd3iSqNCrjE&#10;dhTfhyG+YtewCD96QRBcIgsRpnzPn1138Y8yJMmsuvbDS4dhNgxsZqLsbbfW97qFQRCaOZcv7JZk&#10;ZmeWSXtnox3C/PeK5TH28x1W8RImU1QZ3qFl6qJJ4LcKAZxB8Rtnrq0zfRj8WdDFoHdy7/7hipH7&#10;B2s+6TyaSO/rRH9dnXzIeC2o/LSpgz6QMN4G8k4JYTqT+ZSttiaxvpb0uJBGM0ZMo97+s4QeGb8h&#10;FnwRbXRzLyTVId++043t7hgjqu64M3yFUkrKAo3+8ws2Y2Yjeth0pIOY14v95LLVjLXMZK7T2atC&#10;WY1VhZfeUVUImhUzqvy9Klif9vbxrDc52lWdzRgxbrB0Rl1WS236ZAXL+vaCBggZ/z4hi62nsnZN&#10;t4UCSE7hUTkM8Li2zta8MZaZLcyQtegmBMK8l3IrVpJmmknbY4/9bFGNpagBRjbZWSww6qm1hy2N&#10;paOsVvIuLwpKQVEZQ8LAe0mWaFnksZk0xmiVrl8Xim25gX36M65A2YEY4LWKSVkmePy2Gzc8L+wY&#10;8gUiC4SxJWvwQi/WMn5A+SppDxMcfhhkUv3tsBYHydLRf224Eg4rfq3QgddeGJqTh17Cy7mPFzWe&#10;WY9neBVB1dJpHKTdDF839rTa1CpPM+zkkbuV/AXIm+SmxMk+a1X3AhCg0QEWErINkNd3c9h3cweL&#10;BMnPAovB3LP19XhcHJZ8l8CIo2sKjOThkwHjEI7jEUT59qfyuIfOyNij6P8cGYE0BIZnZARefzky&#10;XvXtbJER5wyw9mmR8dKe6+HVBBgtXQx8MgEn4p4vT1aMcPFgzQAFU7b8HIRx3gdyIIweMeJvj4uT&#10;aAyweDwWh9TiC2AxvGJ9io6TRQhkbEjXXuaQLAbz8IieMVM0EoMi5PAEqgi2AaYFwmj5z2epYidL&#10;HBe7kaz9fypVzJaOCcPpVNGa1IUStpypIjivJZHPThVxNx3foD1CqScFxBBXZ7pBPxoQpyu+S0CE&#10;UxOi6M3t4TK6J+Ou8tU36Gk0zoDYf5k6A+L57vzIuzNRJnx+BYM8+L47fid2uf+gffsPAAAA//8D&#10;AFBLAwQUAAYACAAAACEA3G5Rm98AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWuDQBSE74X+&#10;h+UVemtWozaJ9RlCaHsKhSaFkttGX1TivhV3o+bfd3tqj8MMM99k60m3YqDeNoYRwlkAgrgwZcMV&#10;wtfh7WkJwjrFpWoNE8KNLKzz+7tMpaUZ+ZOGvauEL2GbKoTauS6V0hY1aWVnpiP23tn0Wjkv+0qW&#10;vRp9uW7lPAiepVYN+4VadbStqbjsrxrhfVTjJgpfh93lvL0dD8nH9y4kxMeHafMCwtHk/sLwi+/R&#10;IfdMJ3Pl0ooWYTWPEx9FiCMQ3l/FidcnhGixAJln8v+B/AcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCvYQfaVQQAABgXAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDcblGb3wAAAAgBAAAPAAAAAAAAAAAAAAAAAK8GAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAuwcAAAAA&#10;">
+              <v:group w14:anchorId="1CA576ED" id="Group 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:462.25pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251639808;mso-position-horizontal-relative:page" coordorigin="9245,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvYQfaVQQAABgXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWO1u2zYU/T9g70Do54ZG1kfixohTDG0T&#10;DOi2AnUfgJaoD0wSNVK2nD39Di8lWdbcLnWboBicHwplXl7ez8ND3bzalQXbCqVzWS0d72LmMFFF&#10;Ms6rdOl8XN29eOkw3fAq5oWsxNJ5ENp5dfvjDzdtvRC+zGQRC8WgpNKLtl46WdPUC9fVUSZKri9k&#10;LSpMJlKVvMGrSt1Y8Rbay8L1Z7Mrt5UqrpWMhNb49Y2ddG5Jf5KIqPkjSbRoWLF0YFtDT0XPtXm6&#10;tzd8kSpeZ3nUmcFPsKLkeYVNB1VveMPZRuX/UlXmkZJaJs1FJEtXJkkeCfIB3niziTf3Sm5q8iVd&#10;tGk9hAmhncTpZLXR79t7VX+o3ytrPYbvZPSnRlzctk4X43nznlphtm5/kzHyyTeNJMd3iSqNCrjE&#10;dhTfhyG+YtewCD96QRBcIgsRpnzPn1138Y8yJMmsuvbDS4dhNgxsZqLsbbfW97qFQRCaOZcv7JZk&#10;ZmeWSXtnox3C/PeK5TH28x1W8RImU1QZ3qFl6qJJ4LcKAZxB8Rtnrq0zfRj8WdDFoHdy7/7hipH7&#10;B2s+6TyaSO/rRH9dnXzIeC2o/LSpgz6QMN4G8k4JYTqT+ZSttiaxvpb0uJBGM0ZMo97+s4QeGb8h&#10;FnwRbXRzLyTVId++043t7hgjqu64M3yFUkrKAo3+8ws2Y2Yjeth0pIOY14v95LLVjLXMZK7T2atC&#10;WY1VhZfeUVUImhUzqvy9Klif9vbxrDc52lWdzRgxbrB0Rl1WS236ZAXL+vaCBggZ/z4hi62nsnZN&#10;t4UCSE7hUTkM8Li2zta8MZaZLcyQtegmBMK8l3IrVpJmmknbY4/9bFGNpagBRjbZWSww6qm1hy2N&#10;paOsVvIuLwpKQVEZQ8LAe0mWaFnksZk0xmiVrl8Xim25gX36M65A2YEY4LWKSVkmePy2Gzc8L+wY&#10;8gUiC4SxJWvwQi/WMn5A+SppDxMcfhhkUv3tsBYHydLRf224Eg4rfq3QgddeGJqTh17Cy7mPFzWe&#10;WY9neBVB1dJpHKTdDF839rTa1CpPM+zkkbuV/AXIm+SmxMk+a1X3AhCg0QEWErINkNd3c9h3cweL&#10;BMnPAovB3LP19XhcHJZ8l8CIo2sKjOThkwHjEI7jEUT59qfyuIfOyNij6P8cGYE0BIZnZARefzky&#10;XvXtbJER5wyw9mmR8dKe6+HVBBgtXQx8MgEn4p4vT1aMcPFgzQAFU7b8HIRx3gdyIIweMeJvj4uT&#10;aAyweDwWh9TiC2AxvGJ9io6TRQhkbEjXXuaQLAbz8IieMVM0EoMi5PAEqgi2AaYFwmj5z2epYidL&#10;HBe7kaz9fypVzJaOCcPpVNGa1IUStpypIjivJZHPThVxNx3foD1CqScFxBBXZ7pBPxoQpyu+S0CE&#10;UxOi6M3t4TK6J+Ou8tU36Gk0zoDYf5k6A+L57vzIuzNRJnx+BYM8+L47fid2uf+gffsPAAAA//8D&#10;AFBLAwQUAAYACAAAACEA3G5Rm98AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQWuDQBSE74X+&#10;h+UVemtWozaJ9RlCaHsKhSaFkttGX1TivhV3o+bfd3tqj8MMM99k60m3YqDeNoYRwlkAgrgwZcMV&#10;wtfh7WkJwjrFpWoNE8KNLKzz+7tMpaUZ+ZOGvauEL2GbKoTauS6V0hY1aWVnpiP23tn0Wjkv+0qW&#10;vRp9uW7lPAiepVYN+4VadbStqbjsrxrhfVTjJgpfh93lvL0dD8nH9y4kxMeHafMCwtHk/sLwi+/R&#10;IfdMJ3Pl0ooWYTWPEx9FiCMQ3l/FidcnhGixAJln8v+B/AcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCvYQfaVQQAABgXAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDcblGb3wAAAAgBAAAPAAAAAAAAAAAAAAAAAK8GAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAuwcAAAAA&#10;">
                 <v:group id="Group 22" o:spid="_x0000_s1027" style="position:absolute;left:9248;top:49;width:203;height:2" coordorigin="9248,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC8zzNLwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva9qKy1KNIuKKBxFWF8Tbo3m2xealNNm2/nsjCB6HmfmGmS97U4mWGldaVhCPIxDE&#10;mdUl5wr+Tj+f3yCcR9ZYWSYFd3KwXAw+5phq2/EvtUefiwBhl6KCwvs6ldJlBRl0Y1sTB+9qG4M+&#10;yCaXusEuwE0lkyj6kgZLDgsF1rQuKLsd/42CbYfdahJv2v3tur5fTtPDeR+TUqNhv5qB8NT7d/jV&#10;3mkFSQLPL+EHyMUDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvM8zS8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 23" o:spid="_x0000_s1028" style="position:absolute;left:9248;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCQ515nxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvgt8hPMGbplYQqUYRQXFxUfxz8fZsnm2xeSlNVrt++s2C4HGYmd8w03ljSvGg2hWWFQz6EQji&#10;1OqCMwXn06o3BuE8ssbSMin4JQfzWbs1xUTbJx/ocfSZCBB2CSrIva8SKV2ak0HXtxVx8G62NuiD&#10;rDOpa3wGuCllHEUjabDgsJBjRcuc0vvxxygoz6fNfrVLx8NojfH3xW6/XrurUt1Os5iA8NT4T/jd&#10;3mgF8RD+v4QfIGd/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJDnXmfEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 20" o:spid="_x0000_s1029" style="position:absolute;left:9248;top:371;width:203;height:2" coordorigin="9248,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBcag6kxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvwv6H8Ba8aVpXF6lGEdkVDyKoC+Lt0TzbYvNSmmxb/70RBI/DzHzDzJedKUVDtSssK4iHEQji&#10;1OqCMwV/p9/BFITzyBpLy6TgTg6Wi4/eHBNtWz5Qc/SZCBB2CSrIva8SKV2ak0E3tBVx8K62NuiD&#10;rDOpa2wD3JRyFEXf0mDBYSHHitY5pbfjv1GwabFdfcU/ze52Xd8vp8n+vItJqf5nt5qB8NT5d/jV&#10;3moFozE8v4QfIBcPAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFxqDqTEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 21" o:spid="_x0000_s1030" style="position:absolute;left:9248;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVPOqDxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeEJvNatFK6tRVGzxJnVF8PbYPHcXNy9LEnX11xuh0OMwM98w03lranEl5yvLCvq9BARx&#10;bnXFhYJ99v0xBuEDssbaMim4k4f5rPM2xVTbG//SdRcKESHsU1RQhtCkUvq8JIO+Zxvi6J2sMxii&#10;dIXUDm8Rbmo5SJKRNFhxXCixoVVJ+Xl3MQoO9HNa3xcPPTx+bs/Lr3HmsmWm1Hu3XUxABGrDf/iv&#10;vdEKBkN4fYk/QM6eAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABU86oPEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 18" o:spid="_x0000_s1031" style="position:absolute;left:9251;top:46;width:2;height:328" coordorigin="9251,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDD9DVIxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGbplUUqUYR2V32IIJ1YfH2aJ5tsXkpTbat/34jCB6HmfmG2ex6U4mWGldaVhBPIxDE&#10;mdUl5wp+Lp+TFQjnkTVWlknBgxzstsPBBhNtOz5Tm/pcBAi7BBUU3teJlC4ryKCb2po4eDfbGPRB&#10;NrnUDXYBbio5i6KlNFhyWCiwpkNB2T39Mwq+Ouz28/ijPd5vh8f1sjj9HmNSajzq92sQnnr/Dr/a&#10;31rBbAnPL+EHyO0/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMP0NUjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 19" o:spid="_x0000_s1032" style="position:absolute;left:9251;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhOe4pwAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMGLaGoPKtUoIiws4h509wc8kmdbbF5KEmv990ZY8DjMzDfMZtfbRnTkQ+1YwXyWgSDW&#10;ztRcKvj7/ZquQISIbLBxTAqeFGC3HQ42WBj34DN1l1iKBOFQoIIqxraQMuiKLIaZa4mTd3XeYkzS&#10;l9J4fCS4bWSeZQtpsea0UGFLh4r07XK3CphRnyf+MP/BU16v2HZLfZRKjUf9fg0iUh8/4f/2t1GQ&#10;L+H9Jf0AuX0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYTnuKcAAAADbAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 16" o:spid="_x0000_s1033" style="position:absolute;left:9449;top:46;width:2;height:328" coordorigin="9449,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDdJwShwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LSsNA&#10;FN0L/YfhFrqzk7QoJXYSSlHpoggmgri7ZG4eJHMnZMYk/fvOQnB5OO9jtpheTDS61rKCeBuBIC6t&#10;brlW8FW8PR5AOI+ssbdMCm7kIEtXD0dMtJ35k6bc1yKEsEtQQeP9kEjpyoYMuq0diANX2dGgD3Cs&#10;pR5xDuGml7soepYGWw4NDQ50bqjs8l+j4H3G+bSPX6drV51vP8XTx/c1JqU26+X0AsLT4v/Ff+6L&#10;VrALY8OX8ANkegcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDdJwShwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 17" o:spid="_x0000_s1034" style="position:absolute;left:9449;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/6t/AwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/disIw&#10;FITvF3yHcARvFk3thT/VKCIsyKIX/jzAITm2xeakJNla394sLOzlMDPfMOttbxvRkQ+1YwXTSQaC&#10;WDtTc6ngdv0aL0CEiGywcUwKXhRguxl8rLEw7sln6i6xFAnCoUAFVYxtIWXQFVkME9cSJ+/uvMWY&#10;pC+l8fhMcNvIPMtm0mLNaaHClvYV6cflxypgRn3+9PvpCY95vWDbzfW3VGo07HcrEJH6+B/+ax+M&#10;gnwJv1/SD5CbNwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB/6t/AwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -13489,51 +13488,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3B8098AF" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:476.65pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251638784;mso-position-horizontal-relative:page" coordorigin="9533,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrjwuDXwQAABUXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtv2zYUfh+w/0DocUMj65I4FuIUQ9sE&#10;A7qtQL0fQEvUBZNEjZStpL9+5xyKsqS5W+qlQTE4DwppHh6e68dPunn9UJVsL5QuZL12vIuFw0Qd&#10;y6Sos7Xz++bu1bXDdMvrhJeyFmvnUWjn9e333910TSR8mcsyEYqBklpHXbN28rZtItfVcS4qri9k&#10;I2pYTKWqeAtTlbmJ4h1or0rXXyyu3E6qpFEyFlrDr2/NonNL+tNUxO1vaapFy8q1A7a19FT03OLT&#10;vb3hUaZ4kxdxbwY/wYqKFzUcOqh6y1vOdqr4m6qqiJXUMm0vYlm5Mk2LWJAP4I23mHlzr+SuIV+y&#10;qMuaIUwQ2lmcTlYb/7q/V83H5oMy1sPwvYz/0BAXt2uyaLyO88wIs233i0wgn3zXSnL8IVUVqgCX&#10;2APF93GIr3hoWQw/ekEQXEIWYljyPX+x6uMf55Ak3LW6DAKHwWoYmMzE+bt+r+/1G4MgxDWXR+ZI&#10;MrM3C9Pe22iGYP4HxYoEz3ZYzSswmaLKYA5a5i5iAp8rBODMlXFmZZyxYfAXYAvFwDp5cH+6Y+T+&#10;ZM9nnYcm0oc60f+tTj7mvBFUfhrrwAYytIG8U0JgZzKPMtI1JGZrSY8LabSCYhrq7V9L6InxG2LB&#10;o3in23shqQ75/r1uTXcnMKLqTvoK2EAppVUJjf7jK7ZgeBA9TDqyQcyzYj+4bLNgHcPM9TqtKt/K&#10;GFXLYHVUFWTcnIiq/IMqsD6z9vHcmhw/1L3NMGIcsXRBXdZIjX2yActse4EGEEL/PiNrOopazcqa&#10;//0RCkByDo/KYQCPW+Nsw1u0DI/AIeugeyEQOK/kXmwkrbSztoczDqtlPZaiBhjZb1ZhA6qn1h6O&#10;REtHWa3lXVGWlIKyRkPCwLsmS7QsiwQX0Ritsu2bUrE9R9inP3QFlE3EAF7rhJTlgifv+nHLi9KM&#10;Qb6EyALCmJJFvNDRViaPUL5KmssELj8Y5FJ9clgHF8na0X/uuBIOK3+uoQNXXhjizUOT8HLpw0SN&#10;V7bjFV7HoGrttA6kHYdvWnNb7RpVZDmc5JG7tfwJkDctsMTJPmNVPwEQoNEECwnZBsiz3Xxpu7mH&#10;RQ8D9SKwGCzpLB49HReHLd8kMAJ2mxvmAIy+ieYI/qAEnw0Yh3AcjyCUr72Vxz10RkaLov9zZASk&#10;ITA8IyPg9Zcj49K2s0FGInFfGRhXhi9emXt36GrDFgP/2vw+psvTHSNYnOwZkGBOll+CL8Ib4BwW&#10;iYx8Bb44jcbx+A2xmDKLL0DF8IqFfYqOc0UQyNmQroPMlCsGy/CInjFRRIlBEdh9AlMEsgFEC/ii&#10;oT//yBR7WaK4cBrJmv+nMsV87WAYTmeKxqQ+lGDLmSkC5TUc8sWZIjTX+AV6aajN9BPBs74/LwOA&#10;YPwY8GQ8nO/4FvEQ+f8MDwnXnx0O58E4w6H9LHWGw/OL8xNfnIkwwbdXoI+IbfSdGD/ujudELSNh&#10;v2bf/gUAAP//AwBQSwMEFAAGAAgAAAAhAHnpdMDfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdxFhjYzalFPVUCraCeJtmp0lodjdkt0n6752e9DQzvMeb7+XLybRioN43&#10;ziqIZxEIsqXTja0UfO3fH15A+IBWY+ssKbiQh2Vxe5Njpt1oP2nYhUpwiPUZKqhD6DIpfVmTQT9z&#10;HVnWjq43GPjsK6l7HDnctPIxip6lwcbyhxo7WtdUnnZno+BjxHGVxG/D5nRcX3728+33Jial7u+m&#10;1SuIQFP4M8MVn9GhYKaDO1vtRatgMU8Stip44sH6Ir0uBwVJmoIscvm/QPELAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAq48Lg18EAAAVFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAeel0wN8AAAAIAQAADwAAAAAAAAAAAAAAAAC5BgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMUHAAAAAA==&#10;">
+              <v:group w14:anchorId="10834776" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:476.65pt;margin-top:2.15pt;width:10.5pt;height:16.7pt;z-index:-251638784;mso-position-horizontal-relative:page" coordorigin="9533,43" coordsize="210,334" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrjwuDXwQAABUXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWFtv2zYUfh+w/0DocUMj65I4FuIUQ9sE&#10;A7qtQL0fQEvUBZNEjZStpL9+5xyKsqS5W+qlQTE4DwppHh6e68dPunn9UJVsL5QuZL12vIuFw0Qd&#10;y6Sos7Xz++bu1bXDdMvrhJeyFmvnUWjn9e333910TSR8mcsyEYqBklpHXbN28rZtItfVcS4qri9k&#10;I2pYTKWqeAtTlbmJ4h1or0rXXyyu3E6qpFEyFlrDr2/NonNL+tNUxO1vaapFy8q1A7a19FT03OLT&#10;vb3hUaZ4kxdxbwY/wYqKFzUcOqh6y1vOdqr4m6qqiJXUMm0vYlm5Mk2LWJAP4I23mHlzr+SuIV+y&#10;qMuaIUwQ2lmcTlYb/7q/V83H5oMy1sPwvYz/0BAXt2uyaLyO88wIs233i0wgn3zXSnL8IVUVqgCX&#10;2APF93GIr3hoWQw/ekEQXEIWYljyPX+x6uMf55Ak3LW6DAKHwWoYmMzE+bt+r+/1G4MgxDWXR+ZI&#10;MrM3C9Pe22iGYP4HxYoEz3ZYzSswmaLKYA5a5i5iAp8rBODMlXFmZZyxYfAXYAvFwDp5cH+6Y+T+&#10;ZM9nnYcm0oc60f+tTj7mvBFUfhrrwAYytIG8U0JgZzKPMtI1JGZrSY8LabSCYhrq7V9L6InxG2LB&#10;o3in23shqQ75/r1uTXcnMKLqTvoK2EAppVUJjf7jK7ZgeBA9TDqyQcyzYj+4bLNgHcPM9TqtKt/K&#10;GFXLYHVUFWTcnIiq/IMqsD6z9vHcmhw/1L3NMGIcsXRBXdZIjX2yActse4EGEEL/PiNrOopazcqa&#10;//0RCkByDo/KYQCPW+Nsw1u0DI/AIeugeyEQOK/kXmwkrbSztoczDqtlPZaiBhjZb1ZhA6qn1h6O&#10;REtHWa3lXVGWlIKyRkPCwLsmS7QsiwQX0Ritsu2bUrE9R9inP3QFlE3EAF7rhJTlgifv+nHLi9KM&#10;Qb6EyALCmJJFvNDRViaPUL5KmssELj8Y5FJ9clgHF8na0X/uuBIOK3+uoQNXXhjizUOT8HLpw0SN&#10;V7bjFV7HoGrttA6kHYdvWnNb7RpVZDmc5JG7tfwJkDctsMTJPmNVPwEQoNEECwnZBsiz3Xxpu7mH&#10;RQ8D9SKwGCzpLB49HReHLd8kMAJ2mxvmAIy+ieYI/qAEnw0Yh3AcjyCUr72Vxz10RkaLov9zZASk&#10;ITA8IyPg9Zcj49K2s0FGInFfGRhXhi9emXt36GrDFgP/2vw+psvTHSNYnOwZkGBOll+CL8Ib4BwW&#10;iYx8Bb44jcbx+A2xmDKLL0DF8IqFfYqOc0UQyNmQroPMlCsGy/CInjFRRIlBEdh9AlMEsgFEC/ii&#10;oT//yBR7WaK4cBrJmv+nMsV87WAYTmeKxqQ+lGDLmSkC5TUc8sWZIjTX+AV6aajN9BPBs74/LwOA&#10;YPwY8GQ8nO/4FvEQ+f8MDwnXnx0O58E4w6H9LHWGw/OL8xNfnIkwwbdXoI+IbfSdGD/ujudELSNh&#10;v2bf/gUAAP//AwBQSwMEFAAGAAgAAAAhAHnpdMDfAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FLw0AQhe+C/2EZwZvdxFhjYzalFPVUCraCeJtmp0lodjdkt0n6752e9DQzvMeb7+XLybRioN43&#10;ziqIZxEIsqXTja0UfO3fH15A+IBWY+ssKbiQh2Vxe5Njpt1oP2nYhUpwiPUZKqhD6DIpfVmTQT9z&#10;HVnWjq43GPjsK6l7HDnctPIxip6lwcbyhxo7WtdUnnZno+BjxHGVxG/D5nRcX3728+33Jial7u+m&#10;1SuIQFP4M8MVn9GhYKaDO1vtRatgMU8Stip44sH6Ir0uBwVJmoIscvm/QPELAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAq48Lg18EAAAVFwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAeel0wN8AAAAIAQAADwAAAAAAAAAAAAAAAAC5BgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMUHAAAAAA==&#10;">
                 <v:group id="Group 13" o:spid="_x0000_s1027" style="position:absolute;left:9536;top:49;width:203;height:2" coordorigin="9536,49" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL3VTSotJbqGIFZ6CEK1IN6G7JgEs7Mhu+bx77tCobf5+J6zTkfTiJ46V1tWEC8iEMSF&#10;1TWXCn5Ony8fIJxH1thYJgUTOUg3s6c1JtoO/E390ZcihLBLUEHlfZtI6YqKDLqFbYkDd7WdQR9g&#10;V0rd4RDCTSNfo+hdGqw5NFTY0rai4na8GwX7AYdsGe/6/HbdTpfT2+Gcx6TU83zMViA8jf5f/Of+&#10;0mH+Eh6/hAPk5hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAd71xtwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:shape id="Freeform 14" o:spid="_x0000_s1028" style="position:absolute;left:9536;top:49;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDRYgyuwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CLHjbpquLSDWKCIqiKKtevI3N2BabSWmidv31RhD2No/3OcNxY0pxo9oVlhV8RzEI4tTq&#10;gjMFh/3sqw/CeWSNpWVS8EcOxqPWxxATbe/8S7edz0QIYZeggtz7KpHSpTkZdJGtiAN3trVBH2Cd&#10;SV3jPYSbUnbiuCcNFhwacqxomlN62V2NgvKwX2xnm7TfjefYWR/tavnYnJRqfzaTAQhPjf8Xv90L&#10;Heb/wOuXcIAcPQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRYgyuwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 11" o:spid="_x0000_s1029" style="position:absolute;left:9536;top:371;width:203;height:2" coordorigin="9536,371" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9SmGCwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LCL3VTVpSSnQNQaz0EIRqQbwN2TEJZmdDdk3iv+8Khd7m8T5nlU2mFQP1rrGsIF5EIIhL&#10;qxuuFPwcP18+QDiPrLG1TAru5CBbz55WmGo78jcNB1+JEMIuRQW1910qpStrMugWtiMO3MX2Bn2A&#10;fSV1j2MIN618jaJ3abDh0FBjR5uayuvhZhTsRhzzt3g7FNfL5n4+JvtTEZNSz/MpX4LwNPl/8Z/7&#10;S4f5CTx+CQfI9S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/UphgsMAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;">
                   <v:shape id="Freeform 12" o:spid="_x0000_s1030" style="position:absolute;left:9536;top:371;width:203;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="203,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArgr5JwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L/ocwwt40XZdV6RpFxV28iVYW9jY0Y1tsJiWJWvfXG0HwNo/3OdN5a2pxIecrywreBwkI4tzq&#10;igsFh+y7PwHhA7LG2jIpuJGH+azbmWKq7ZV3dNmHQsQQ9ikqKENoUil9XpJBP7ANceSO1hkMEbpC&#10;aofXGG5qOUySkTRYcWwosaFVSflpfzYKfunnuL4t/vXn38f2tBxPMpctM6Xeeu3iC0SgNrzET/dG&#10;x/kjePwSD5CzOwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQArgr5JwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l203,e" filled="f" strokeweight=".12mm">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;203,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 9" o:spid="_x0000_s1031" style="position:absolute;left:9539;top:46;width:2;height:328" coordorigin="9539,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBi1FpuwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtLuoS9coIq54EEFdEG9DM7bFZlKa2NZ/bwTB2zze50znnSlFQ7UrLCuIhxEI4tTq&#10;gjMF/8e/wQ8I55E1lpZJwZ0czGcfvSkm2ra8p+bgMxFC2CWoIPe+SqR0aU4G3dBWxIG72NqgD7DO&#10;pK6xDeGmlF9RNJYGCw4NOVa0zCm9Hm5GwbrFdvEdr5rt9bK8n4+j3Wkbk1L9z27xC8JT59/il3uj&#10;w/wJPH8JB8jZAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGLUWm7BAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:shape id="Freeform 10" o:spid="_x0000_s1032" style="position:absolute;left:9539;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeyrDmwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8Mw&#10;DIXvg/4Ho8EuY3XaQ1eyOmEUCqWsh3b7AcJWk9BYDrabpv9+Ogx2k3hP733a1JPv1UgxdYENLOYF&#10;KGIbXMeNgZ/v3dsaVMrIDvvAZOBBCepq9rTB0oU7n2g850ZJCKcSDbQ5D6XWybbkMc3DQCzaJUSP&#10;WdbYaBfxLuG+18uiWGmPHUtDiwNtW7LX880bYEZ7eo3bxRG/lt2a/fhuD9qYl+fp8wNUpin/m/+u&#10;907wBVZ+kQF09QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDeyrDmwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 7" o:spid="_x0000_s1033" style="position:absolute;left:9737;top:46;width:2;height:328" coordorigin="9737,46" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8B2uHwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtLsobtcoIq54EEFdEG9DM7bFZlKa2NZ/bwTB2zze50znnSlFQ7UrLCuIhxEI4tTq&#10;gjMF/8e/wQSE88gaS8uk4E4O5rOP3hQTbVveU3PwmQgh7BJUkHtfJVK6NCeDbmgr4sBdbG3QB1hn&#10;UtfYhnBTyq8oGkuDBYeGHCta5pReDzejYN1iu/iOV832elnez8fR7rSNSan+Z7f4BeGp82/xy73R&#10;Yf4PPH8JB8jZAwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHwHa4fBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;">
                   <v:shape id="Freeform 8" o:spid="_x0000_s1034" style="position:absolute;left:9737;top:46;width:2;height:328;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,328" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDu0HZdvgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hCm4GTe1iRqqxSEEQmVn4+IBLcm2LzU1JYq1/bxYDszyc96YcbScG8qF1rGC5yEAQa2da&#10;rhVcL/v5CkSIyAY7x6TgRQHK7eRjg4VxTz7RcI61SCEcClTQxNgXUgbdkMWwcD1x4m7OW4wJ+loa&#10;j88UbjuZZ9mXtNhyamiwp6ohfT8/rAJm1KdPXy1/8SdvV2yHb32USs2m424NItIY/8V/7oNRkKf1&#10;6Uv6AXL7BgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAAAAAA&#10;AAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO7Qdl2+AAAA2wAAAA8AAAAAAAAA&#10;AAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAADyAgAAAAA=&#10;" path="m,l,328e" filled="f" strokeweight=".34pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,46;0,374" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -14090,51 +14089,51 @@
                                     <a:srgbClr val="FFFFFF"/>
                                   </a:solidFill>
                                 </a14:hiddenFill>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </wpg:grpSp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3767DEC5" id="Group 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.85pt;margin-top:3.55pt;width:15.75pt;height:19.05pt;z-index:-251627520;mso-position-horizontal-relative:page" coordorigin="2517,19" coordsize="315,381" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAir6rFaAQAACkXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/0DocUNjfbmxhTjF0DbB&#10;gG4rUPcH0BL1gUmiRsqW01+/Q1JiZMVNVzcNOsB5UCjz8vLy8N7DQ1292lcl2TEhC16vHO/CdQir&#10;Y54UdbZyPq5vXiwcIltaJ7TkNVs5d0w6r65//umqayLm85yXCRMETmoZdc3Kydu2iWYzGeesovKC&#10;N6xGZ8pFRVu8imyWCNrBe1XOfNd9Oeu4SBrBYyYlfn1jOp1r7T9NWdz+laaStaRcOYit1U+hnxv1&#10;nF1f0SgTtMmLuA+DnhBFRYsak1pXb2hLyVYUD1xVRSy45Gl7EfNqxtO0iJleA1bjuZPV3Aq+bfRa&#10;sqjLGgsToJ3gdLLb+M/drWg+NO+FiR7Ndzz+WwKXWddk0bhfvWfGmGy6P3iC/aTbluuF71NRKRdY&#10;EtlrfO8svmzfkhg/YsNcf+6QGF1+6C2DucE/zrFJapQ/9y4dgl5vOfS87ccGXj8wWHiqb0YjM6UO&#10;sw9LbXsfo2ki/PeCFAk8BvBc0woxa1iJ5wbKz3SRagufCgR/HgR6OfM+0SwQC/yuURiWaQGYjIjz&#10;AQD/YMxnl48ykveZIr8tUz7ktGE6AaXKBAslitpAeSMYU8UJNEODpjYc8kmOk2nU0zUyksi5L6bR&#10;f0TQokGjeCvbW8Z1LtLdO9maCk/Q0hme9JGvwQZpVaLYf31BXKIm0g+zIZk18wazX2Zk7ZKOqH3o&#10;fQ6u/MHGuFp4L4+6wp6bGZUr/94Vos+G+Gg+hBzv6z5mtAhVfOrqSmu4VLWyRmRDicEDjNT6PmNr&#10;0lBn4WBr/vdTCBDllCKFQ0CRG7PYhrYqMjWFapIOxQog1HvFd2zNdU87KX3Mcd9b1mMrnc6j+E0v&#10;Bij3urztlCrS0a7W/KYoS70FZa0DcQPfQCN5WSSqV0UjRbZ5XQqyo4r79Z9aC7wdmIFj60R7yxlN&#10;3vbtlhalacO+BLSgGZOzijJktOHJHfJXcHOi4AREI+fik0M6nCYrR/6zpYI5pPy9RhEuvTBUx49+&#10;CeeXiJeIcc9m3EPrGK5WTutg31XzdWuOrG0jiizHTJ5Gvua/gX7TQuW4js9E1b+AB3TrgBA1uVnW&#10;swW9HAp64EbNsc/CjcHlV5OjHfJDsqPa6Afs6KvUU4kDGn16drSAHD9gkMLD8TwupDM9DlR6pscz&#10;PT4iHUMctWPpuNTq9PuyYwiNheNxkMi2sI1uDEIrkK1ynIwYcePBGEsGU+H8HMoxhFR6wI2a/5+e&#10;Gyd4HEfQonGoMb6CGoM5GTbpuGqEQU7sht3bHKrGYHHMz1gyKgvrCHGfoBlxMiGnoByNDnpUM/a2&#10;WuxiNm1r/p+qGXOkM/L2dM1oQgrMbQqxnDUjpGWvJp9dM4bIzQNSvDQS5/CbwZNepxeuufMM9Xa8&#10;pJGr9nvCdMSPSYrhgKS9Ti8X30UvTuE4DiAq6xvl4pkTR58aH71Hnznx/3eP1sIJ32Nxu1b0pr8d&#10;qw++43d9847sF+7rfwEAAP//AwBQSwMEFAAGAAgAAAAhAM7KVOfgAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FqwzAQRO+F/oPYQm+NLKVugmM5hND2FApNCiU3xdrYJtbKWIrt/H3VU3scZph5&#10;k68n27IBe984UiBmCTCk0pmGKgVfh7enJTAfNBndOkIFN/SwLu7vcp0ZN9InDvtQsVhCPtMK6hC6&#10;jHNf1mi1n7kOKXpn11sdouwrbno9xnLbcpkkL9zqhuJCrTvc1lhe9ler4H3U42YuXofd5by9HQ/p&#10;x/dOoFKPD9NmBSzgFP7C8Isf0aGITCd3JeNZq0CmYhGjChYCWPTlci6BnRQ8pxJ4kfP/B4ofAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKvqsVoBAAAKRcAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM7KVOfgAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;wgYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADPBwAAAAA=&#10;">
+              <v:group w14:anchorId="7D283347" id="Group 96" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.85pt;margin-top:3.55pt;width:15.75pt;height:19.05pt;z-index:-251627520;mso-position-horizontal-relative:page" coordorigin="2517,19" coordsize="315,381" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAir6rFaAQAACkXAAAOAAAAZHJzL2Uyb0RvYy54bWzsWF1v2zYUfR+w/0DocUNjfbmxhTjF0DbB&#10;gG4rUPcH0BL1gUmiRsqW01+/Q1JiZMVNVzcNOsB5UCjz8vLy8N7DQ1292lcl2TEhC16vHO/CdQir&#10;Y54UdbZyPq5vXiwcIltaJ7TkNVs5d0w6r65//umqayLm85yXCRMETmoZdc3Kydu2iWYzGeesovKC&#10;N6xGZ8pFRVu8imyWCNrBe1XOfNd9Oeu4SBrBYyYlfn1jOp1r7T9NWdz+laaStaRcOYit1U+hnxv1&#10;nF1f0SgTtMmLuA+DnhBFRYsak1pXb2hLyVYUD1xVRSy45Gl7EfNqxtO0iJleA1bjuZPV3Aq+bfRa&#10;sqjLGgsToJ3gdLLb+M/drWg+NO+FiR7Ndzz+WwKXWddk0bhfvWfGmGy6P3iC/aTbluuF71NRKRdY&#10;EtlrfO8svmzfkhg/YsNcf+6QGF1+6C2DucE/zrFJapQ/9y4dgl5vOfS87ccGXj8wWHiqb0YjM6UO&#10;sw9LbXsfo2ki/PeCFAk8BvBc0woxa1iJ5wbKz3SRagufCgR/HgR6OfM+0SwQC/yuURiWaQGYjIjz&#10;AQD/YMxnl48ykveZIr8tUz7ktGE6AaXKBAslitpAeSMYU8UJNEODpjYc8kmOk2nU0zUyksi5L6bR&#10;f0TQokGjeCvbW8Z1LtLdO9maCk/Q0hme9JGvwQZpVaLYf31BXKIm0g+zIZk18wazX2Zk7ZKOqH3o&#10;fQ6u/MHGuFp4L4+6wp6bGZUr/94Vos+G+Gg+hBzv6z5mtAhVfOrqSmu4VLWyRmRDicEDjNT6PmNr&#10;0lBn4WBr/vdTCBDllCKFQ0CRG7PYhrYqMjWFapIOxQog1HvFd2zNdU87KX3Mcd9b1mMrnc6j+E0v&#10;Bij3urztlCrS0a7W/KYoS70FZa0DcQPfQCN5WSSqV0UjRbZ5XQqyo4r79Z9aC7wdmIFj60R7yxlN&#10;3vbtlhalacO+BLSgGZOzijJktOHJHfJXcHOi4AREI+fik0M6nCYrR/6zpYI5pPy9RhEuvTBUx49+&#10;CeeXiJeIcc9m3EPrGK5WTutg31XzdWuOrG0jiizHTJ5Gvua/gX7TQuW4js9E1b+AB3TrgBA1uVnW&#10;swW9HAp64EbNsc/CjcHlV5OjHfJDsqPa6Afs6KvUU4kDGn16drSAHD9gkMLD8TwupDM9DlR6pscz&#10;PT4iHUMctWPpuNTq9PuyYwiNheNxkMi2sI1uDEIrkK1ynIwYcePBGEsGU+H8HMoxhFR6wI2a/5+e&#10;Gyd4HEfQonGoMb6CGoM5GTbpuGqEQU7sht3bHKrGYHHMz1gyKgvrCHGfoBlxMiGnoByNDnpUM/a2&#10;WuxiNm1r/p+qGXOkM/L2dM1oQgrMbQqxnDUjpGWvJp9dM4bIzQNSvDQS5/CbwZNepxeuufMM9Xa8&#10;pJGr9nvCdMSPSYrhgKS9Ti8X30UvTuE4DiAq6xvl4pkTR58aH71Hnznx/3eP1sIJ32Nxu1b0pr8d&#10;qw++43d9847sF+7rfwEAAP//AwBQSwMEFAAGAAgAAAAhAM7KVOfgAAAACAEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FqwzAQRO+F/oPYQm+NLKVugmM5hND2FApNCiU3xdrYJtbKWIrt/H3VU3scZph5&#10;k68n27IBe984UiBmCTCk0pmGKgVfh7enJTAfNBndOkIFN/SwLu7vcp0ZN9InDvtQsVhCPtMK6hC6&#10;jHNf1mi1n7kOKXpn11sdouwrbno9xnLbcpkkL9zqhuJCrTvc1lhe9ler4H3U42YuXofd5by9HQ/p&#10;x/dOoFKPD9NmBSzgFP7C8Isf0aGITCd3JeNZq0CmYhGjChYCWPTlci6BnRQ8pxJ4kfP/B4ofAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKvqsVoBAAAKRcAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAM7KVOfgAAAACAEAAA8AAAAAAAAAAAAAAAAA&#10;wgYAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADPBwAAAAA=&#10;">
                 <v:group id="Group 103" o:spid="_x0000_s1027" style="position:absolute;left:2533;top:50;width:283;height:2" coordorigin="2533,50" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAKQciVxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHozmzTUljSriNTSgxTUQultyI5JMDsbsmse/94VCt7m43tOvhpNI3rqXG1ZQRLFIIgL&#10;q2suFfwct/M3EM4ja2wsk4KJHKyWD7McM20H3lN/8KUIIewyVFB532ZSuqIigy6yLXHgTrYz6APs&#10;Sqk7HEK4aeRzHC+kwZpDQ4UtbSoqzoeLUfA54LBOk49+dz5tpr/jy/fvLiGlnh7H9TsIT6O/i//d&#10;XzrMT1/h9ky4QC6vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAApByJXEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 104" o:spid="_x0000_s1028" style="position:absolute;left:2533;top:50;width:283;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAsuU3AxQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvhf6HZQq96cZWRaKr2NJCe6pGQbwN2WkSmp0Nma2m/75zKPQ2w3vz3jerzRBac6FemsgOJuMM&#10;DHEZfcOVg+PhdbQAIwnZYxuZHPyQwGZ9e7PC3Mcr7+lSpMpoCEuODuqUutxaKWsKKOPYEav2GfuA&#10;Sde+sr7Hq4aH1j5k2dwGbFgbauzouabyq/gODk5PH346mc5eQhne98VZZJt24tz93bBdgkk0pH/z&#10;3/WbV/xHpdVndAK7/gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAsuU3AxQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l283,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;283,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 101" o:spid="_x0000_s1029" style="position:absolute;left:2533;top:370;width:283;height:2" coordorigin="2533,370" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAUkvl8xAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHozmzRU2jSriNTSgxTUQultyI5JMDsbsmse/94VCt7m43tOvhpNI3rqXG1ZQRLFIIgL&#10;q2suFfwct/NXEM4ja2wsk4KJHKyWD7McM20H3lN/8KUIIewyVFB532ZSuqIigy6yLXHgTrYz6APs&#10;Sqk7HEK4aeRzHC+kwZpDQ4UtbSoqzoeLUfA54LBOk49+dz5tpr/jy/fvLiGlnh7H9TsIT6O/i//d&#10;XzrMT9/g9ky4QC6vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABSS+XzEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 102" o:spid="_x0000_s1030" style="position:absolute;left:2533;top:370;width:283;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="283,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCKyTK7xQAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvBf/DMoK3dlOJpaTdlioKerKNQultyE6TYHY2ZNY2/nvnIHib4b1575v1dgydudAgbWQH81kG&#10;hriKvuXawefHy3QJRhKyxy4yOfghge3mZrLGwscrH+hSptpoCEuBDpqU+sJaqRoKKLPYE6t2jkPA&#10;pOtQWz/gVcNDZ++zbGEDtqwNDfb01FD1VX4HB8fHd5/P84fnUIW3Q3kS2aW9OHd3O+5WYBKN6d/8&#10;d/3qFT9XfH1GJ7CbXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCKyTK7xQAAANwAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l283,e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;283,0" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 99" o:spid="_x0000_s1031" style="position:absolute;left:2548;top:35;width:2;height:349" coordorigin="2548,35" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCy4oYHxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCL01m2hbJGYVkVp6CIWqIN6G7JgEs7Mhu83j33cLhd7m43tOth1NI3rqXG1ZQRLFIIgL&#10;q2suFZxPh6cVCOeRNTaWScFEDrab2UOGqbYDf1F/9KUIIexSVFB536ZSuqIigy6yLXHgbrYz6APs&#10;Sqk7HEK4aeQijl+lwZpDQ4Ut7Ssq7sdvo+B9wGG3TN76/H7bT9fTy+clT0ipx/m4W4PwNPp/8Z/7&#10;Q4f5zwn8PhMukJsfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALLihgfEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 100" o:spid="_x0000_s1032" style="position:absolute;left:2548;top:35;width:2;height:349;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAfKsApwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X+h+WKfRWN4YiJboJIrSUHhQ1oMchOyYh2dk0u43bf98VhN7m8T5nVQTTi4lG11pWMJ8lIIgr&#10;q1uuFZTH95c3EM4ja+wtk4JfclDkjw8rzLS98p6mg69FDGGXoYLG+yGT0lUNGXQzOxBH7mJHgz7C&#10;sZZ6xGsMN71Mk2QhDbYcGxocaNNQ1R1+jAIqzccwhW2yO9t2kXbb7+4UvpR6fgrrJQhPwf+L7+5P&#10;Hee/pnB7Jl4g8z8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHyrAKcMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,350e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,35;0,385" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <v:group id="Group 97" o:spid="_x0000_s1033" style="position:absolute;left:2801;top:35;width:2;height:349" coordorigin="2801,35" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAtfL3rxAAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHozmzS1lDSriNTSgxTUQultyI5JMDsbsmse/94VCt7m43tOvhpNI3rqXG1ZQRLFIIgL&#10;q2suFfwct/M3EM4ja2wsk4KJHKyWD7McM20H3lN/8KUIIewyVFB532ZSuqIigy6yLXHgTrYz6APs&#10;Sqk7HEK4aeRzHL9KgzWHhgpb2lRUnA8Xo+BzwGGdJh/97nzaTH/HxffvLiGlnh7H9TsIT6O/i//d&#10;XzrMf0nh9ky4QC6vAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAC18vevEAAAA3AAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;">
                   <v:shape id="Freeform 98" o:spid="_x0000_s1034" style="position:absolute;left:2801;top:35;width:2;height:349;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2,349" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/j/3GwwAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFHqrm0oIJXUVESzSQ0pV0OOQnSYh2dk0uybrv3cLhd7m8T5nuQ6mEyMNrrGs4GWegCAu&#10;rW64UnA67p5fQTiPrLGzTApu5GC9mj0sMdd24i8aD74SMYRdjgpq7/tcSlfWZNDNbU8cuW87GPQR&#10;DpXUA04x3HRykSSZNNhwbKixp21NZXu4GgV0Mu/9GIrk82KbbNEWP+05fCj19Bg2byA8Bf8v/nPv&#10;dZyfpvD7TLxAru4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/4/9xsMAAADcAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l,350e" filled="f" strokeweight="1.6pt">
                     <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,35;0,385" o:connectangles="0,0"/>
                   </v:shape>
                 </v:group>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -14284,51 +14283,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="75DEC50F" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:40.95pt;margin-top:6.6pt;width:512pt;height:.1pt;z-index:-251637760;mso-position-horizontal-relative:page" coordorigin="833,548" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK77XC9QIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JUkvRpNi6A0D&#10;uq1Asw9QZPmC2ZImKXHarx8p2YmbrhjQBYhDmRR5dHjEXFxu24ZshLG1knOaHMeUCMlVXstyTn8u&#10;b4/OKLGOyZw1Soo5fRKWXi4+frjodCZSVakmF4ZAEmmzTs9p5ZzOosjySrTMHistJDgLZVrmYGnK&#10;KDesg+xtE6VxfBJ1yuTaKC6shbfXwUkXPn9RCO5+FIUVjjRzCticfxr/XOEzWlywrDRMVzXvYbB3&#10;oGhZLaHoLtU1c4ysTf0qVVtzo6wq3DFXbaSKoubCnwFOk8QHp7kzaq39WcqsK/WOJqD2gKd3p+Xf&#10;N3dGP+oHE9CDea/4Lwu8RJ0us7Ef12UIJqvum8qhn2ztlD/4tjAtpoAjka3n92nHr9g6wuHlySxO&#10;pzG0gYMvSU97+nkFPcJNZ5MJJeCaTc9CY3h1029NcGfYmKIvYlmo6FH2qLDrICO7Z8r+H1OPFdPC&#10;N8AiEw+G1DkgTyiRrIXT3xohUJtkhpiwOEQNZNoxkyMPhlkg/J8cvqJj4PFNMljG19bdCeVbwTb3&#10;1gWB52D5Buc98iWQWbQNaP3zEYkJlMJvfx12QXDQEPQpIsuYdCRU7nMOqdIhyqdKkvg0/Vsy6O0+&#10;WTpOBs0sB4SsGkDzrexRg0UYDpTYS00ri2pZArpBY5ABgvCEb8QGYXnBDbHhty9hYFIczghDCcyI&#10;VSBFM4fIsASapAMdeE3im1ZtxFJ5nztQP1TZexs5joL9k/MXZwh+2IIlvMh3ZRHtqLdS3dZN4xvR&#10;SASTxpM00GNVU+foRTzWlKurxpANwwHoP/31eREGg0bmPlslWH7T247VTbChegP0wmUL2g1iX6n8&#10;CXRsVBir8DcARqXMMyUdjNQ5tb/XzAhKmq8SbuJ5MsU77PxiOjsFvMSMPauxh0kOqebUUeg9mlcu&#10;zO21NnVZQaXEq0GqLzCDihqV7vEFVP0ChoG3/AAF68WEHq991P4vafEHAAD//wMAUEsDBBQABgAI&#10;AAAAIQCyvdvJ3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqOOWohLi&#10;VFUFnCokWiTEbRtvk6ixHcVukv49mxMc981odiZbj7YRPXWh9k6DmiUgyBXe1K7U8HV4e1iBCBGd&#10;wcY70nClAOv89ibD1PjBfVK/j6XgEBdS1FDF2KZShqIii2HmW3KsnXxnMfLZldJ0OHC4beQ8SZ6k&#10;xdrxhwpb2lZUnPcXq+F9wGGzUK/97nzaXn8Oy4/vnSKt7+/GzQuISGP8M8NUn6tDzp2O/uJMEI2G&#10;lXpmJ/PFHMSkq2TJ5DiRR5B5Jv8vyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiu+1&#10;wvUCAADaBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;sr3byd4AAAAJAQAADwAAAAAAAAAAAAAAAABPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAFoGAAAAAA==&#10;">
+              <v:group w14:anchorId="3B91EB71" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:40.95pt;margin-top:6.6pt;width:512pt;height:.1pt;z-index:-251637760;mso-position-horizontal-relative:page" coordorigin="833,548" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK77XC9QIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JUkvRpNi6A0D&#10;uq1Asw9QZPmC2ZImKXHarx8p2YmbrhjQBYhDmRR5dHjEXFxu24ZshLG1knOaHMeUCMlVXstyTn8u&#10;b4/OKLGOyZw1Soo5fRKWXi4+frjodCZSVakmF4ZAEmmzTs9p5ZzOosjySrTMHistJDgLZVrmYGnK&#10;KDesg+xtE6VxfBJ1yuTaKC6shbfXwUkXPn9RCO5+FIUVjjRzCticfxr/XOEzWlywrDRMVzXvYbB3&#10;oGhZLaHoLtU1c4ysTf0qVVtzo6wq3DFXbaSKoubCnwFOk8QHp7kzaq39WcqsK/WOJqD2gKd3p+Xf&#10;N3dGP+oHE9CDea/4Lwu8RJ0us7Ef12UIJqvum8qhn2ztlD/4tjAtpoAjka3n92nHr9g6wuHlySxO&#10;pzG0gYMvSU97+nkFPcJNZ5MJJeCaTc9CY3h1029NcGfYmKIvYlmo6FH2qLDrICO7Z8r+H1OPFdPC&#10;N8AiEw+G1DkgTyiRrIXT3xohUJtkhpiwOEQNZNoxkyMPhlkg/J8cvqJj4PFNMljG19bdCeVbwTb3&#10;1gWB52D5Buc98iWQWbQNaP3zEYkJlMJvfx12QXDQEPQpIsuYdCRU7nMOqdIhyqdKkvg0/Vsy6O0+&#10;WTpOBs0sB4SsGkDzrexRg0UYDpTYS00ri2pZArpBY5ABgvCEb8QGYXnBDbHhty9hYFIczghDCcyI&#10;VSBFM4fIsASapAMdeE3im1ZtxFJ5nztQP1TZexs5joL9k/MXZwh+2IIlvMh3ZRHtqLdS3dZN4xvR&#10;SASTxpM00GNVU+foRTzWlKurxpANwwHoP/31eREGg0bmPlslWH7T247VTbChegP0wmUL2g1iX6n8&#10;CXRsVBir8DcARqXMMyUdjNQ5tb/XzAhKmq8SbuJ5MsU77PxiOjsFvMSMPauxh0kOqebUUeg9mlcu&#10;zO21NnVZQaXEq0GqLzCDihqV7vEFVP0ChoG3/AAF68WEHq991P4vafEHAAD//wMAUEsDBBQABgAI&#10;AAAAIQCyvdvJ3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqOOWohLi&#10;VFUFnCokWiTEbRtvk6ixHcVukv49mxMc981odiZbj7YRPXWh9k6DmiUgyBXe1K7U8HV4e1iBCBGd&#10;wcY70nClAOv89ibD1PjBfVK/j6XgEBdS1FDF2KZShqIii2HmW3KsnXxnMfLZldJ0OHC4beQ8SZ6k&#10;xdrxhwpb2lZUnPcXq+F9wGGzUK/97nzaXn8Oy4/vnSKt7+/GzQuISGP8M8NUn6tDzp2O/uJMEI2G&#10;lXpmJ/PFHMSkq2TJ5DiRR5B5Jv8vyH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiu+1&#10;wvUCAADaBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;sr3byd4AAAAJAQAADwAAAAAAAAAAAAAAAABPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAFoGAAAAAA==&#10;">
                 <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;left:833;top:548;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCES5hTxQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RagIx&#10;EEXfC/2HMAVfSs3uisVujUsriL5UqPYDhs10E7qZLJuoq19vBKFvM9x77tyZV4NrxZH6YD0ryMcZ&#10;COLaa8uNgp/96mUGIkRkja1nUnCmANXi8WGOpfYn/qbjLjYihXAoUYGJsSulDLUhh2HsO+Kk/fre&#10;YUxr30jd4ymFu1YWWfYqHVpOFwx2tDRU/+0OLtVopvbN1OZsJ1PKP7/Wz5dislVq9DR8vIOINMR/&#10;853e6MTlcPslDSAXVwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCES5hTxQAAANsAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B6D33C" w14:textId="77777777" w:rsidR="00B42455" w:rsidRDefault="00B42455">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2561"/>
         </w:tabs>
         <w:spacing w:before="79"/>
         <w:ind w:left="614"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -14436,51 +14435,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="2DAA8066" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:141.6pt;margin-top:18.9pt;width:83.5pt;height:.1pt;z-index:-251636736;mso-position-horizontal-relative:page" coordorigin="2832,378" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4Fma8+gIAAO8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JenNqFMMvWFA&#10;txVo9gGKLF8wW9IkJU779SMlO3XTFQO6PBiUSR0eHtLM+cW2a8lGGNsomdPkMKZESK6KRlY5/bm8&#10;OTilxDomC9YqKXL6KCy9WHz8cN7rTKSqVm0hDAEQabNe57R2TmdRZHktOmYPlRYSnKUyHXNwNFVU&#10;GNYDetdGaRwfR70yhTaKC2vh7VVw0oXHL0vB3Y+ytMKRNqfAzfmn8c8VPqPFOcsqw3Td8IEGeweL&#10;jjUSku6grphjZG2aV1Bdw42yqnSHXHWRKsuGC18DVJPEe9XcGrXWvpYq6yu9kwmk3dPp3bD8++bW&#10;6Ad9bwJ7MO8U/2VBl6jXVTb147kKwWTVf1MF9JOtnfKFb0vTIQSURLZe38edvmLrCIeXSXwcz4+g&#10;DRx8SXoyyM9r6BFeSk9nKSXgm52chs7w+nq8ewzh/mKKrohlIaNnObDCrsMY2Wel7P8p9VAzLXwD&#10;LCpxb0hT5PSMEsk6KP7GCIGjSWZICXND0KilnQo58WCYBb3/KeFrNXY6vqEFy/jauluhfCfY5s66&#10;MN8FWL6/xcB8CVqWXQuj/vmAxART+cfwPezCkjHsU0SWMelJgqkH0BELejbBggb/HWs2hiFWOsGC&#10;XlYjQ1aPpPlWDqzBIgz3SewnTSuLw7IEbuOIAQIEYYVvxELu/dhwZ0hhYFHsrwhDCayIVahWM4fM&#10;MAWapIcBRinwRac2Yqm8y+3NPiR59rZyGuWvT1kFN9zABH7Cd0mR66SzUt00beu70EpP5SyGzwoZ&#10;WNU2BXr9wVSry9aQDcPt539YDaC9CNPGuitm6xBXgBVqhu0jC5+lFqy4HmzHmjbYgNOC6PAFhokO&#10;n8BKFY8w3UaFXQv/DWDUyjxR0sOezan9vWZGUNJ+lfB5niXzOS5mf5gfnaRwMFPPauphkgNUTh2F&#10;iUDz0oVlvtamqWrIlHgZpPoCi6lscP49v8BqOMCG8JbfqmC9WNvTs496/p9a/AEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJrZgUHfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvd&#10;fFgNMZtSinoqQltBvE2z0yQ0uxuy2yT9944nPc47D+9HsZpNJ0YafOusgngRgSBbOd3aWsHn4e0h&#10;A+EDWo2ds6TgSh5W5e1Ngbl2k93RuA+1YBPrc1TQhNDnUvqqIYN+4Xqy/Du5wWDgc6ilHnBic9PJ&#10;JIqepMHWckKDPW0aqs77i1HwPuG0TuPXcXs+ba7fh+XH1zYmpe7v5vULiEBz+IPhtz5Xh5I7Hd3F&#10;ai86BUmWJowqSJ95AgOPy4iFIwtZBLIs5P8F5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA+BZmvPoCAADvBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAmtmBQd8AAAAJAQAADwAAAAAAAAAAAAAAAABUBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+              <v:group w14:anchorId="4A624659" id="Group 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:141.6pt;margin-top:18.9pt;width:83.5pt;height:.1pt;z-index:-251636736;mso-position-horizontal-relative:page" coordorigin="2832,378" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4Fma8+gIAAO8GAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JenNqFMMvWFA&#10;txVo9gGKLF8wW9IkJU779SMlO3XTFQO6PBiUSR0eHtLM+cW2a8lGGNsomdPkMKZESK6KRlY5/bm8&#10;OTilxDomC9YqKXL6KCy9WHz8cN7rTKSqVm0hDAEQabNe57R2TmdRZHktOmYPlRYSnKUyHXNwNFVU&#10;GNYDetdGaRwfR70yhTaKC2vh7VVw0oXHL0vB3Y+ytMKRNqfAzfmn8c8VPqPFOcsqw3Td8IEGeweL&#10;jjUSku6grphjZG2aV1Bdw42yqnSHXHWRKsuGC18DVJPEe9XcGrXWvpYq6yu9kwmk3dPp3bD8++bW&#10;6Ad9bwJ7MO8U/2VBl6jXVTb147kKwWTVf1MF9JOtnfKFb0vTIQSURLZe38edvmLrCIeXSXwcz4+g&#10;DRx8SXoyyM9r6BFeSk9nKSXgm52chs7w+nq8ewzh/mKKrohlIaNnObDCrsMY2Wel7P8p9VAzLXwD&#10;LCpxb0hT5PSMEsk6KP7GCIGjSWZICXND0KilnQo58WCYBb3/KeFrNXY6vqEFy/jauluhfCfY5s66&#10;MN8FWL6/xcB8CVqWXQuj/vmAxART+cfwPezCkjHsU0SWMelJgqkH0BELejbBggb/HWs2hiFWOsGC&#10;XlYjQ1aPpPlWDqzBIgz3SewnTSuLw7IEbuOIAQIEYYVvxELu/dhwZ0hhYFHsrwhDCayIVahWM4fM&#10;MAWapIcBRinwRac2Yqm8y+3NPiR59rZyGuWvT1kFN9zABH7Cd0mR66SzUt00beu70EpP5SyGzwoZ&#10;WNU2BXr9wVSry9aQDcPt539YDaC9CNPGuitm6xBXgBVqhu0jC5+lFqy4HmzHmjbYgNOC6PAFhokO&#10;n8BKFY8w3UaFXQv/DWDUyjxR0sOezan9vWZGUNJ+lfB5niXzOS5mf5gfnaRwMFPPauphkgNUTh2F&#10;iUDz0oVlvtamqWrIlHgZpPoCi6lscP49v8BqOMCG8JbfqmC9WNvTs496/p9a/AEAAP//AwBQSwME&#10;FAAGAAgAAAAhAJrZgUHfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwZvd&#10;fFgNMZtSinoqQltBvE2z0yQ0uxuy2yT9944nPc47D+9HsZpNJ0YafOusgngRgSBbOd3aWsHn4e0h&#10;A+EDWo2ds6TgSh5W5e1Ngbl2k93RuA+1YBPrc1TQhNDnUvqqIYN+4Xqy/Du5wWDgc6ilHnBic9PJ&#10;JIqepMHWckKDPW0aqs77i1HwPuG0TuPXcXs+ba7fh+XH1zYmpe7v5vULiEBz+IPhtz5Xh5I7Hd3F&#10;ai86BUmWJowqSJ95AgOPy4iFIwtZBLIs5P8F5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEA+BZmvPoCAADvBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAmtmBQd8AAAAJAQAADwAAAAAAAAAAAAAAAABUBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1027" style="position:absolute;left:2832;top:378;width:1670;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQACq4XUwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY09lBqzioiBQk9N9eDtmX0m0ezbdHebpP++Wyh4HGbmGybfTKYTAznfWlawSFIQ&#10;xJXVLdcKDp/F/BWED8gaO8uk4Ic8bNYPsxwzbUf+oKEMtYgQ9hkqaELoMyl91ZBBn9ieOHoX6wyG&#10;KF0ttcMxwk0nn9P0RRpsOS402NOuoepWfhsFHk+m8FXp9l/X92HfYnc9H45KPT1O2xWIQFO4h//b&#10;b1rBEv6uxBsg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAquF1MMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l1670,e" filled="f" strokeweight="1.5pt">
                   <v:stroke dashstyle="dash"/>
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1670,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="007038D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -14723,51 +14722,51 @@
                                 <a:solidFill>
                                   <a:srgbClr val="FFFFFF"/>
                                 </a:solidFill>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="3B0BBC08" id="Group 266" o:spid="_x0000_s1026" style="position:absolute;margin-left:386.05pt;margin-top:10.85pt;width:83.5pt;height:.1pt;z-index:-251635712;mso-position-horizontal-relative:page" coordorigin="2832,378" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWJVy1/AIAAPEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pWnSGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAlweDMqnDw0OaOb/YdS3ZCmMbJXOaHMWUCMlV0cgqpz9W&#10;N59OKbGOyYK1SoqcPgpLL5bv3533OhOpqlVbCEMARNqs1zmtndNZFFlei47ZI6WFBGepTMccHE0V&#10;FYb1gN61URrH86hXptBGcWEtvL0KTrr0+GUpuPtellY40uYUuDn/NP65xme0PGdZZZiuGz7QYG9g&#10;0bFGQtI91BVzjGxM8wKqa7hRVpXuiKsuUmXZcOFrgGqS+KCaW6M22tdSZX2l9zKBtAc6vRmWf9ve&#10;Gv2g701gD+ad4j8t6BL1usqmfjxXIZis+6+qgH6yjVO+8F1pOoSAksjO6/u411fsHOHwMonn8ewE&#10;2sDBl6SLQX5eQ4/wUnp6nFICvuPFaegMr6/Hu3MI9xdTdEUsCxk9y4EVdh3GyD4pZf9PqYeaaeEb&#10;YFGJe0OaIqcLSiTroPgbIwSOJknnCySF2SFsVNNOpZx4MMyC4v8U8aUeeyVfUYNlfGPdrVC+F2x7&#10;Z12Y8AIs3+Fi4L4CNcuuhWH/+InEBFP5x/BF7MOSMexDRFYx6UmCqQfQEQu6NsGCFv8d63gMQ6x0&#10;ggXdrEaGrB5J850cWINFGG6U2M+aVhbHZQXcxiEDBAjCCl+JhdyHseHOkMLAqjhcEoYSWBLrUK1m&#10;DplhCjRJDyOMUuCLTm3FSnmXO5h+SPLkbeU0yl+fsgpuuIEJ/IzvkyLXSWelumna1nehlZ7KWQwf&#10;FjKwqm0K9PqDqdaXrSFbhvvP/7AaQHsWpo11V8zWIa4AK9QM+0cWPkstWHE92I41bbABpwXR4RsM&#10;Ex0+gbUqHmG6jQrbFv4dwKiV+U1JD5s2p/bXhhlBSftFwgd6lsxmuJr9YXaySOFgpp711MMkB6ic&#10;OgoTgealC+t8o01T1ZAp8TJI9RlWU9ng/Ht+gdVwgB3hLb9XwXq2uKdnH/X0T7X8AwAA//8DAFBL&#10;AwQUAAYACAAAACEANvYlEN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzg&#10;zW6SojExm1KKeiqCrSDettlpEpqdDdltkr6905Me55+Pf74pVrPtxIiDbx0piBcRCKTKmZZqBV/7&#10;t4dnED5oMrpzhAou6GFV3t4UOjduok8cd6EWXEI+1wqaEPpcSl81aLVfuB6Jd0c3WB14HGppBj1x&#10;ue1kEkVP0uqW+EKje9w0WJ12Z6vgfdLTehm/jtvTcXP52T9+fG9jVOr+bl6/gAg4hz8YrvqsDiU7&#10;HdyZjBedgjRNYkYVJHEKgoFsmXFwuAYZyLKQ/z8ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDWJVy1/AIAAPEGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA29iUQ3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFYFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAYgYAAAAA&#10;">
+              <v:group w14:anchorId="739DD599" id="Group 266" o:spid="_x0000_s1026" style="position:absolute;margin-left:386.05pt;margin-top:10.85pt;width:83.5pt;height:.1pt;z-index:-251635712;mso-position-horizontal-relative:page" coordorigin="2832,378" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWJVy1/AIAAPEGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1pWnSGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAlweDMqnDw0OaOb/YdS3ZCmMbJXOaHMWUCMlV0cgqpz9W&#10;N59OKbGOyYK1SoqcPgpLL5bv3533OhOpqlVbCEMARNqs1zmtndNZFFlei47ZI6WFBGepTMccHE0V&#10;FYb1gN61URrH86hXptBGcWEtvL0KTrr0+GUpuPtellY40uYUuDn/NP65xme0PGdZZZiuGz7QYG9g&#10;0bFGQtI91BVzjGxM8wKqa7hRVpXuiKsuUmXZcOFrgGqS+KCaW6M22tdSZX2l9zKBtAc6vRmWf9ve&#10;Gv2g701gD+ad4j8t6BL1usqmfjxXIZis+6+qgH6yjVO+8F1pOoSAksjO6/u411fsHOHwMonn8ewE&#10;2sDBl6SLQX5eQ4/wUnp6nFICvuPFaegMr6/Hu3MI9xdTdEUsCxk9y4EVdh3GyD4pZf9PqYeaaeEb&#10;YFGJe0OaIqcLSiTroPgbIwSOJknnCySF2SFsVNNOpZx4MMyC4v8U8aUeeyVfUYNlfGPdrVC+F2x7&#10;Z12Y8AIs3+Fi4L4CNcuuhWH/+InEBFP5x/BF7MOSMexDRFYx6UmCqQfQEQu6NsGCFv8d63gMQ6x0&#10;ggXdrEaGrB5J850cWINFGG6U2M+aVhbHZQXcxiEDBAjCCl+JhdyHseHOkMLAqjhcEoYSWBLrUK1m&#10;DplhCjRJDyOMUuCLTm3FSnmXO5h+SPLkbeU0yl+fsgpuuIEJ/IzvkyLXSWelumna1nehlZ7KWQwf&#10;FjKwqm0K9PqDqdaXrSFbhvvP/7AaQHsWpo11V8zWIa4AK9QM+0cWPkstWHE92I41bbABpwXR4RsM&#10;Ex0+gbUqHmG6jQrbFv4dwKiV+U1JD5s2p/bXhhlBSftFwgd6lsxmuJr9YXaySOFgpp711MMkB6ic&#10;OgoTgealC+t8o01T1ZAp8TJI9RlWU9ng/Ht+gdVwgB3hLb9XwXq2uKdnH/X0T7X8AwAA//8DAFBL&#10;AwQUAAYACAAAACEANvYlEN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwUrDQBCG74LvsIzg&#10;zW6SojExm1KKeiqCrSDettlpEpqdDdltkr6905Me55+Pf74pVrPtxIiDbx0piBcRCKTKmZZqBV/7&#10;t4dnED5oMrpzhAou6GFV3t4UOjduok8cd6EWXEI+1wqaEPpcSl81aLVfuB6Jd0c3WB14HGppBj1x&#10;ue1kEkVP0uqW+EKje9w0WJ12Z6vgfdLTehm/jtvTcXP52T9+fG9jVOr+bl6/gAg4hz8YrvqsDiU7&#10;HdyZjBedgjRNYkYVJHEKgoFsmXFwuAYZyLKQ/z8ofwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDWJVy1/AIAAPEGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQA29iUQ3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFYFAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAYgYAAAAA&#10;">
                 <v:shape id="Freeform 267" o:spid="_x0000_s1027" style="position:absolute;left:2832;top:378;width:1670;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="1670,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAceLQ9wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq9mY09tBKzioiBQk9N9eDtmX0m0ezbdHebpP++Wyh4HGbmGybfTKYTAznfWlawSFIQ&#10;xJXVLdcKDp/FfAnCB2SNnWVS8EMeNuuHWY6ZtiN/0FCGWkQI+wwVNCH0mZS+asigT2xPHL2LdQZD&#10;lK6W2uEY4aaTz2n6Ig22HBca7GnXUHUrv40CjydT+Kp0+6/r+7BvsbueD0elnh6n7QpEoCncw//t&#10;N63gFf6uxBsg178AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHHi0PcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l1670,e" filled="f" strokeweight="1.5pt">
                   <v:stroke dashstyle="dash"/>
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1670,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00894F78">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00894F78" w:rsidRPr="00894F78">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -14879,51 +14878,51 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="5589D9BE" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="5E5CE69B" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
               <v:shape id="Přímá spojnice se šipkou 282" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-.05pt;margin-top:6.7pt;width:528.45pt;height:0;z-index:251691008;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3WWjjuAEAAFcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7ZbrCuMOD2k7S7d&#10;FqDdBzCSbAuVRYFU4uTvJ6lJVmy3YT4IlEg+Pj7Sy7vD5MTeEFv0nWwWtRTGK9TWD538+fL46VYK&#10;juA1OPSmk0fD8m718cNyDq25whGdNiQSiOd2Dp0cYwxtVbEazQS8wGB8cvZIE8R0paHSBHNCn1x1&#10;Vdc31YykA6EyzOn1/s0pVwW/742KP/qeTRSuk4lbLCeVc5vParWEdiAIo1UnGvAPLCawPhW9QN1D&#10;BLEj+xfUZBUhYx8XCqcK+94qU3pI3TT1H908jxBM6SWJw+EiE/8/WPV9v/YbytTVwT+HJ1SvLDyu&#10;R/CDKQRejiENrslSVXPg9pKSLxw2JLbzN9QpBnYRiwqHnqYMmfoThyL28SK2OUSh0uPNl6a5bj5L&#10;oc6+CtpzYiCOXw1OIhud5EhghzGu0fs0UqSmlIH9E8dMC9pzQq7q8dE6VybrvJg7eX3b1HXJYHRW&#10;Z2+OYxq2a0diD3k5yleaTJ73YYQ7rwvaaEA/nOwI1r3ZqbrzJ22yHHn3uN2iPm7orFmaXqF52rS8&#10;Hu/vJfv3/7D6BQAA//8DAFBLAwQUAAYACAAAACEAzrsK49sAAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPS0/DMBCE70j9D9YicWvtFqjaEKeqeNw49CX16sZLEmGvQ+w24d+zFQc47sxo9pt8NXgn&#10;LtjFJpCG6USBQCqDbajScNi/jRcgYjJkjQuEGr4xwqoY3eQms6GnLV52qRJcQjEzGuqU2kzKWNbo&#10;TZyEFom9j9B5k/jsKmk703O5d3Km1Fx60xB/qE2LzzWWn7uz16Asbtrq/eV1kZbHbfnleudmG63v&#10;bof1E4iEQ/oLwxWf0aFgplM4k43CaRhPOcjy/QOIq60e5zzl9KvIIpf/BxQ/AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAPdZaOO4AQAAVwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAM67CuPbAAAACAEAAA8AAAAAAAAAAAAAAAAAEgQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="346E5032" w14:textId="77777777" w:rsidR="00551BE6" w:rsidRPr="004E0D51" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E0D51">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -15106,162 +15105,87 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> sekci Úřad – Činnosti úřadu – Osobní údaje (GDPR). </w:t>
       </w:r>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Zpracování výše uvedených osobních údajů bude probíhat po dobu trvání účelu zpracování osobních údajů a následně budou uloženy po dobu 10 let.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089ED9A6" w14:textId="77777777" w:rsidR="00551BE6" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Tento souhlas poskytuji dobrovolně a jsem si vědom, že jej mohu kdykoli odvolat, aniž by tím byla dotčena zákonnost zpracování před jeho odvoláním, a to osobně na adrese správce, nebo doručením písemného oznámení na uvedenou adresu, případně prostřednictvím datové schránky nebo na uvedený e-mail (nutný zaručený elektronický podpis).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14AC276D" w14:textId="77777777" w:rsidR="00EB38EC" w:rsidRDefault="00551BE6" w:rsidP="00EB38EC">
+    <w:p w14:paraId="511071C5" w14:textId="77777777" w:rsidR="00551BE6" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Kontaktní údaje odpovědné osoby působící u správce osobních údajů za pověřence na ochranu osobních údajů v době získání souhlasu ze strany subjektu údajů: </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">e-mail: </w:t>
+        <w:t xml:space="preserve">Kontaktní údaje odpovědné osoby působící u správce osobních údajů za pověřence na ochranu osobních údajů v době získání souhlasu ze strany subjektu údajů: Ing. Petr Štětka, e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="00EB38EC" w:rsidRPr="00B41639">
+        <w:r w:rsidRPr="00450E42">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>martin.valdauf@pkfapogeo.cz</w:t>
+          <w:t>petr.stetka@moore-czech.cz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00EB38EC" w:rsidRPr="00444ABE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00450E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00EB38EC">
-[...36 lines deleted...]
-      <w:r w:rsidR="00EB38EC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> tel. č.: +420 227 031 495.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE982CE" w14:textId="2B715006" w:rsidR="00551BE6" w:rsidRPr="001E67D4" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
+    <w:p w14:paraId="7EE982CE" w14:textId="77777777" w:rsidR="00551BE6" w:rsidRPr="001E67D4" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Osoba pověřence na ochranu osobních údajů se může v průběhu zpracování osobních údajů změnit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F4C1CC8" w14:textId="77777777" w:rsidR="00551BE6" w:rsidRDefault="00551BE6" w:rsidP="00551BE6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4483"/>
         </w:tabs>
         <w:ind w:left="180" w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
@@ -15356,124 +15280,125 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: _________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB1EE24" w14:textId="77777777" w:rsidR="007E05BC" w:rsidRPr="00894F78" w:rsidRDefault="007E05BC" w:rsidP="00894F78">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5910"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007E05BC" w:rsidRPr="00894F78">
       <w:pgSz w:w="11905" w:h="16840"/>
       <w:pgMar w:top="1580" w:right="720" w:bottom="1740" w:left="720" w:header="671" w:footer="1559" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68F88F1A" w14:textId="77777777" w:rsidR="0087344E" w:rsidRDefault="0087344E">
+    <w:p w14:paraId="2962F8FC" w14:textId="77777777" w:rsidR="00065724" w:rsidRDefault="00065724">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E27DF52" w14:textId="77777777" w:rsidR="0087344E" w:rsidRDefault="0087344E">
+    <w:p w14:paraId="15210517" w14:textId="77777777" w:rsidR="00065724" w:rsidRDefault="00065724">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="67074F1F" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00864C92">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D8ED6D3" wp14:editId="2BD4378B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5208905</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10085070</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1821815" cy="247015"/>
           <wp:effectExtent l="0" t="0" r="6985" b="635"/>
           <wp:wrapNone/>
@@ -16215,178 +16140,178 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>7</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>2930</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="5F133B5C" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="007038D8">
+                        <w:p w14:paraId="5F133B5C" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00065724">
                           <w:pPr>
                             <w:spacing w:before="24"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId2">
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>ww</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>w</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>str</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>v</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>c</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="007038D8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>z</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="7FD912C8" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="007038D8">
                           <w:pPr>
                             <w:spacing w:line="180" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
@@ -17075,51 +17000,51 @@
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:spacing w:val="-3"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>7</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>2930</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="5F133B5C" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00164459">
+                  <w:p w14:paraId="5F133B5C" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00065724">
                     <w:pPr>
                       <w:spacing w:before="24"/>
                       <w:ind w:left="40"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                     <w:hyperlink r:id="rId3">
                       <w:r w:rsidR="007038D8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="003865"/>
                           <w:sz w:val="16"/>
                           <w:szCs w:val="16"/>
                         </w:rPr>
                         <w:t>ww</w:t>
                       </w:r>
                       <w:r w:rsidR="007038D8">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                           <w:b/>
@@ -17388,51 +17313,50 @@
                             <w:t>Č</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>:</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>00845</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
@@ -17447,63 +17371,51 @@
                               <w:color w:val="003865"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve">1 </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
-                            <w:t>DIČ</w:t>
-[...11 lines deleted...]
-                            <w:t>:</w:t>
+                            <w:t>DIČ:</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-2"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>C</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
@@ -18273,70 +18185,70 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>800</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="57C76E7D" w14:textId="77777777" w:rsidR="0087344E" w:rsidRDefault="0087344E">
+    <w:p w14:paraId="51F8F6EC" w14:textId="77777777" w:rsidR="00065724" w:rsidRDefault="00065724">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="612DEB44" w14:textId="77777777" w:rsidR="0087344E" w:rsidRDefault="0087344E">
+    <w:p w14:paraId="578BFE36" w14:textId="77777777" w:rsidR="00065724" w:rsidRDefault="00065724">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="15037564" w14:textId="77777777" w:rsidR="00EF2093" w:rsidRDefault="00864C92">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D8AF82F" wp14:editId="475FE34A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5861050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>413385</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1183005" cy="279400"/>
@@ -19676,51 +19588,51 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:w w:val="105"/>
                         <w:sz w:val="19"/>
                         <w:szCs w:val="19"/>
                       </w:rPr>
                       <w:t>tu</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E271BBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="688ACE68"/>
     <w:lvl w:ilvl="0" w:tplc="EC4A6D84">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="301"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-12"/>
         <w:w w:val="102"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="E19CC346">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -19772,144 +19684,141 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="7F6CE18A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08FAD73E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1154369799">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF2093"/>
     <w:rsid w:val="000164E7"/>
+    <w:rsid w:val="00065724"/>
     <w:rsid w:val="00071266"/>
     <w:rsid w:val="00071B28"/>
     <w:rsid w:val="00162324"/>
     <w:rsid w:val="00164459"/>
-    <w:rsid w:val="003A2C4C"/>
     <w:rsid w:val="00551BE6"/>
     <w:rsid w:val="00617B03"/>
     <w:rsid w:val="006A0CE9"/>
     <w:rsid w:val="007038D8"/>
     <w:rsid w:val="00715A32"/>
     <w:rsid w:val="007C3006"/>
     <w:rsid w:val="007E05BC"/>
     <w:rsid w:val="00834837"/>
     <w:rsid w:val="00864C92"/>
     <w:rsid w:val="0087344E"/>
     <w:rsid w:val="00894F78"/>
     <w:rsid w:val="00954983"/>
-    <w:rsid w:val="00A4049B"/>
     <w:rsid w:val="00B42455"/>
     <w:rsid w:val="00BF043A"/>
     <w:rsid w:val="00E14158"/>
-    <w:rsid w:val="00EB38EC"/>
     <w:rsid w:val="00ED207A"/>
     <w:rsid w:val="00EF13F7"/>
     <w:rsid w:val="00EF2093"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="05B55746"/>
   <w15:docId w15:val="{7130BDC6-35C0-4F9A-884C-26A638A5A82D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -20483,58 +20392,58 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Zkladntext2Char">
     <w:name w:val="Základní text 2 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zkladntext2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007E05BC"/>
     <w:rPr>
       <w:lang w:val="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="007E05BC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.valdauf@pkfapogeo.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petr.stetka@moore-czech.cz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -20800,76 +20709,76 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36B6E129-A487-4DD2-93D6-A046C13FAD4F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2613</Characters>
+  <Pages>1</Pages>
+  <Words>438</Words>
+  <Characters>2588</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>21</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Registrace_k_poplatku_za_komunalni_odpad_-_eMIA[1].fo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3049</CharactersWithSpaces>
+  <CharactersWithSpaces>3020</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Registrace_k_poplatku_za_komunalni_odpad_-_eMIA[1].fo</dc:title>
   <dc:creator>pieczkama</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>