--- v0 (2025-10-13)
+++ v1 (2026-03-12)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="271505DE" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="003D49B1">
       <w:pPr>
         <w:spacing w:before="12" w:line="220" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C8ED64F" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="002E7A33">
       <w:pPr>
         <w:spacing w:before="46"/>
         <w:ind w:left="112"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="41"/>
           <w:szCs w:val="41"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="41"/>
           <w:szCs w:val="41"/>
@@ -249,95 +249,99 @@
       <w:pPr>
         <w:spacing w:before="10" w:line="120" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BB5E3E7" w14:textId="32A90C89" w:rsidR="003D49B1" w:rsidRDefault="002E7A33" w:rsidP="00FB11FC">
       <w:pPr>
         <w:pStyle w:val="Nadpis3"/>
         <w:spacing w:line="250" w:lineRule="exact"/>
         <w:ind w:left="112" w:right="686"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:t>í</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>tn</w:t>
       </w:r>
       <w:r>
         <w:t>í</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>popl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r>
         <w:t>k</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009764C2">
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -357,162 +361,170 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>odpadového</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009764C2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009764C2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>hospodářství</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009764C2">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t>e</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>cn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ě</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>zá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>va</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>é</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>hlášk</w:t>
       </w:r>
       <w:r>
         <w:t>y</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
@@ -1081,77 +1093,79 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="19826CD2" id="Group 94" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251663872;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMm+GD9wIAANsGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3TGnWKoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZCduumJAFyCOZFLk4eERc3G57VqyEcY2SuY0OYopEZKropFVTn8s&#10;bz+dUWIdkwVrlRQ5fRKWXi7ev7vodSZSVau2EIZAEGmzXue0dk5nUWR5LTpmj5QWEoylMh1zsDVV&#10;VBjWQ/SujdI4Po16ZQptFBfWwtvrYKQLH78sBXffy9IKR9qcAjbnn8Y/V/iMFhcsqwzTdcMHGOwN&#10;KDrWSEi6C3XNHCNr07wI1TXcKKtKd8RVF6mybLjwNUA1SXxQzZ1Ra+1rqbK+0juagNoDnt4cln/b&#10;3Bn9qB9MQA/Le8V/WuAl6nWVTe24r4IzWfVfVQH9ZGunfOHb0nQYAkoiW8/v045fsXWEw8vTkzg9&#10;jqENHGxJOh/o5zX0CA+dzWaUgGkWn4XG8PpmOJrgyXAwRVvEspDRoxxQYddBRnbPlP0/ph5rpoVv&#10;gEUmHgxpCkAeJ5RI1kH5t0YIFCc5P0FUmB78RjrtlMuJBd0sUP5PFl8QMjL5Kh0s42vr7oTyzWCb&#10;e+uCxAtY+RYXA/Ql0Fl2Laj94ycSE0iF3+FC7Jyg0uD0ISLLmPQkZB5ijqHS0cuHSpJ4nv4tGHR3&#10;HyydBoN2ViNCVo+g+VYOqGFFGI6U2ItNK4t6WQK6UWUQAZywwld8g7S85Ebf8DukMDArDqeEoQSm&#10;xCqQoplDZJgCl6RHJaAq8U2nNmKpvM0d6B+y7K2tnHrB+dn5sxqCHY5gCi/zXVpEO+mtVLdN2/pG&#10;tBLBzGenc4/FqrYp0IhwrKlWV60hG4YT0H+G+/PMDSaNLHywWrDiZlg71rRhDclbYBduW5Bu0PpK&#10;FU8gY6PCXIX/AVjUyvympIeZmlP7a82MoKT9IuEqnifHeImd3xyfzFPYmKllNbUwySFUTh2F1uPy&#10;yoXBvdamqWrIlPhypfoMQ6hsUOgeX0A1bGAa+JWfoLB6NqKne++1/09a/AEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAP9/rbveAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQG+N5Jq2&#10;wbEcQmh7CoUmhdKbYm1sE2tlLMV2/r6bU3PcmWH2Tb6aXCsG7EPjSUMyVyCQSm8bqjR8798fFyBC&#10;NGRN6wk1XDDAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPcdEntH3zsT+ewraXszcrlr5ZNS&#10;L9KZhvhDbTrc1Fiedmen4WM04zpN3obt6bi5/O6fP3+2CWr9MJvWSxARp/gfhis+o0PBTAd/JhtE&#10;q2GRppzUkCpecPUT9crKgZVEgSxyebug+AMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDM&#10;m+GD9wIAANsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD/f6273gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 95" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCUJh6HwgAAANwAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTVEFdqrEsC4IIKtY96G1oxrbYTGoTa/33ZmHB2zze5yySzlSipcaVlhWMhhEI4szq&#10;knMFv8fV4AuE88gaK8uk4EkOkuVHb4Gxtg8+UJv6XIQQdjEqKLyvYyldVpBBN7Q1ceAutjHoA2xy&#10;qRt8hHBTyXEUTaXBkkNDgTX9FJRd07tRIPNJhYftbJee1vvp5nbW3Xnmlep/dt9zEJ46/xb/u9c6&#10;zI9G8PdMuEAuXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCUJh6HwgAAANwAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".20464mm">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ř</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -1381,71 +1395,73 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="5E6F064B" id="Group 92" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:512pt;height:.1pt;z-index:-251662848;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7u7WE+QIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW3SGHWLoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk0eERc3ax61qyFcY2SuY0OYopEZKropFVTn+s&#10;bj6dUmIdkwVrlRQ5fRSWXpy/f3fW60ykqlZtIQyBJNJmvc5p7ZzOosjyWnTMHiktJDhLZTrmYGmq&#10;qDCsh+xdG6VxPI96ZQptFBfWwtur4KTnPn9ZCu6+l6UVjrQ5BWzOP41/rvEZnZ+xrDJM1w0fYLA3&#10;oOhYI6HoPtUVc4xsTPMiVddwo6wq3RFXXaTKsuHCnwFOk8QHp7k1aqP9Waqsr/SeJqD2gKc3p+Xf&#10;trdGP+h7E9CDeaf4Twu8RL2usqkf11UIJuv+qyqgn2zjlD/4rjQdpoAjkZ3n93HPr9g5wuHl/CRO&#10;j2NoAwdfki4G+nkNPcJNp7MZJeCaxaehMby+HrYmuDNsTNEXsSxU9CgHVNh1kJF9Ysr+H1MPNdPC&#10;N8AiE/eGNEVOl0tKJOvg9DdGCNQmWc4QFFaHsJFNO6Vy4sEwC4z/k8QXfIxEvsoGy/jGuluhfC/Y&#10;9s66oPACLN/hYoC+AjbLrgWxf/xEYgKl8Dvch31QMgZ9iMgqJj0JlYecY6p0jPKpkiRepH9LBs0N&#10;FTFZOk0G3axGhKweQfOdHFCDRRhOlNhrTSuLclkBulFkkAGC8ISvxAZlecWNseF3KGFgVBwOCUMJ&#10;DIl1IEUzh8iwBJqkBwl7UeKbTm3FSnmfO5A/VHnytnIaBftnoKXJGYIftmAJr/J9WUQ76a1UN03b&#10;+ka0EsEsZvO5Z8eqtinQiXCsqdaXrSFbhgPQf4br8ywMBo0sfLJasOJ6sB1r2mBD8RbYhcsWpBu0&#10;vlbFI8jYqDBW4W8AjFqZ35T0MFJzan9tmBGUtF8k3MRlcox32PnF8ckihYWZetZTD5McUuXUUWg9&#10;mpcuzO2NNk1VQ6XEH1eqzzCDygaF7vEFVMMChoG3/AAF69mEnq591NNf0vkfAAAA//8DAFBLAwQU&#10;AAYACAAAACEA/3+tu94AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb43k&#10;mrbBsRxCaHsKhSaF0ptibWwTa2UsxXb+vptTc9yZYfZNvppcKwbsQ+NJQzJXIJBKbxuqNHzv3x8X&#10;IEI0ZE3rCTVcMMCquL/LTWb9SF847GIluIRCZjTUMXaZlKGs0Zkw9x0Se0ffOxP57CtpezNyuWvl&#10;k1Iv0pmG+ENtOtzUWJ52Z6fhYzTjOk3ehu3puLn87p8/f7YJav0wm9ZLEBGn+B+GKz6jQ8FMB38m&#10;G0SrYZGmnNSQKl5w9RP1ysqBlUSBLHJ5u6D4AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ADu7tYT5AgAA2gYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAP9/rbveAAAACQEAAA8AAAAAAAAAAAAAAAAAUwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 93" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDcTN72wQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva6rIslajiCB4teuqx2fzbIvNS2libf31RhA8DjPzDTNftqYUDdWusKxgNIxAEKdW&#10;F5wp2P9tvn9BOI+ssbRMCjpysFz0vuYYa3vnHTWJz0SAsItRQe59FUvp0pwMuqGtiIN3sbVBH2Sd&#10;SV3jPcBNKcdR9CMNFhwWcqxonVN6TW5GAXfNJBkfO6dH8izpcShPm+RfqUG/Xc1AeGr9J/xub7WC&#10;6RReX8IPkIsnAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANxM3vbBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
@@ -1825,77 +1841,79 @@
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>éh</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>ob</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>u</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>neb</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
@@ -1934,71 +1952,73 @@
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>o</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>pob</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>u</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
@@ -2152,71 +2172,73 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="171A93DB" id="Group 86" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:512pt;height:.1pt;z-index:-251659776;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3Obwm9wIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uGH1JW2SGnWLoTcM&#10;6LYCzT5AkeULZkuapMTpvn6kZKduumJAFyAOZVLk0eERc3ax61qyFcY2SuY0OYopEZKropFVTn+s&#10;bj4tKbGOyYK1SoqcPgpLL87fvzvrdSZSVau2EIZAEmmzXue0dk5nUWR5LTpmj5QWEpylMh1zsDRV&#10;VBjWQ/aujdI4nke9MoU2igtr4e1VcNJzn78sBXffy9IKR9qcAjbnn8Y/1/iMzs9YVhmm64YPMNgb&#10;UHSskVB0n+qKOUY2pnmRqmu4UVaV7oirLlJl2XDhzwCnSeKD09watdH+LFXWV3pPE1B7wNOb0/Jv&#10;21ujH/S9CejBvFP8pwVeol5X2dSP6yoEk3X/VRXQT7Zxyh98V5oOU8CRyM7z+7jnV+wc4fByfhKn&#10;xzG0gYMvSRcD/byGHuGm5WxGCbhmyTI0htfXw9YEd4aNKfoiloWKHuWACrsOMrJPTNn/Y+qhZlr4&#10;Blhk4t6QpsjpKaCUrIPT3xghUJtkuUBQWB3CRjbtlMqJB8MsMP5PEl/wMRL5Khss4xvrboXyvWDb&#10;O+uCwguwfIeLAfoK2Cy7FsT+8ROJCZTC73Af9kHJGPQhIquY9CRUHnKOqdIxyqdKkniR/i0Z0BYq&#10;YrJ0mgy6WY0IWT2C5js5oAaLMJwosdeaVhblsgJ0o8ggAwThCV+JDcryihtjw+9QwsCoOBwShhIY&#10;EutAimYOkWEJNEkPEvaixDed2oqV8j53IH+o8uRt5TQK9s9On50h+GELlvAq35dFtJPeSnXTtK1v&#10;RCsRzGI2n3t2rGqbAp0Ix5pqfdkasmU4AP1nuD7PwmDQyMInqwUrrgfbsaYNNhRvgV24bEG6Qetr&#10;VTyCjI0KYxX+BsColflNSQ8jNaf214YZQUn7RcJNPE2O8Q47vzg+WaSwMFPPeuphkkOqnDoKrUfz&#10;0oW5vdGmqWqolPjjSvUZZlDZoNA9voBqWMAw8JYfoGA9m9DTtY96+ks6/wMAAP//AwBQSwMEFAAG&#10;AAgAAAAhANfPjJneAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FqwzAQRO+F/oPYQm+N5Ji2&#10;wbEcQmh7CoUmhZKbYm1sE2tlLMV2/r6bU3vcmWH2Tb6aXCsG7EPjSUMyUyCQSm8bqjR879+fFiBC&#10;NGRN6wk1XDHAqri/y01m/UhfOOxiJbiEQmY01DF2mZShrNGZMPMdEnsn3zsT+ewraXszcrlr5Vyp&#10;F+lMQ/yhNh1uaizPu4vT8DGacZ0mb8P2fNpcD/vnz59tglo/PkzrJYiIU/wLww2f0aFgpqO/kA2i&#10;1bBIU05qSBNecPMT9crKkZW5Alnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD3&#10;Obwm9wIAANoGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDXz4yZ3gAAAAkBAAAPAAAAAAAAAAAAAAAAAFEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 87" o:spid="_x0000_s1027" style="position:absolute;left:833;top:318;width:10240;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10240,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9pOkcwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pi8Iw&#10;FMTvC36H8ARvmvoH0WoUEQSvW3dXj8/m2Rabl9LE2u6nN8LCHoeZ+Q2z3ramFA3VrrCsYDyKQBCn&#10;VhecKfg6HYYLEM4jaywtk4KOHGw3vY81xto++ZOaxGciQNjFqCD3voqldGlOBt3IVsTBu9naoA+y&#10;zqSu8RngppSTKJpLgwWHhRwr2ueU3pOHUcBdM0sm587psbxK+v0pL4fkW6lBv92tQHhq/X/4r33U&#10;CpZTeH8JP0BuXgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9pOkcwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" path="m,l10239,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10239,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>li</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:position w:val="1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:position w:val="1"/>
         </w:rPr>
         <w:t>Č</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:position w:val="1"/>
@@ -3319,77 +3341,79 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="4F0215CA" id="Group 45" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:511.9pt;height:.1pt;z-index:-251656704;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzPRea+AIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JW3SGXWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZdLk4eExc36xayXZCmMbrXKaHMeUCMV10agqpz9W&#10;N0dnlFjHVMGkViKnj8LSi+X7d+d9l4lU11oWwhBIomzWdzmtneuyKLK8Fi2zx7oTCpylNi1zcDRV&#10;VBjWQ/ZWRmkcz6Nem6Izmgtr4e5VcNKlz1+WgrvvZWmFIzKngM35q/HXNV6j5TnLKsO6uuEDDPYG&#10;FC1rFBTdp7pijpGNaV6kahtutNWlO+a6jXRZNlz4HqCbJD7o5tboTed7qbK+6vY0AbUHPL05Lf+2&#10;vTXdQ3dvAnow7zT/aYGXqO+qbOrHcxWCybr/qguYJ9s47RvflabFFNAS2Xl+H/f8ip0jHG7OT+Mk&#10;mcEYOPiSdDHQz2uYET50NptRAq5ZfBYGw+vr4dEkTmcgJXwwRV/EslDRoxxQ4dRBRvaJKft/TD3U&#10;rBN+ABaZuDekKXJ6mlKiWAvd3xghUJvkZI6gsDqEjWzaKZUTD4ZZYPyfJL7gYyTyVTZYxjfW3Qrt&#10;Z8G2d9YFhRdg+QkXA/QVjKFsJYj94xGJCZTC7/A+7IOSMehDRFYx6UmoPOQcUwEfk1RJEi+SvyWD&#10;4YYwTJZOk8E0qxEhq0fQfKcG1GARhhsl9lrrtEW5rADdKDLIAEHY4SuxQVlecWNs+B1KGFgVh0vC&#10;UAJLYh1I6ZhDZFgCTdKDhL0o8U6rt2Klvc8dyB+qPHmlmkYNY5z0EPzwCJbwKt+XRbST2Sp900jp&#10;ByEVglnM5nPPjtWyKdCJcKyp1pfSkC3DBeg/w+vzLAwWjSp8slqw4nqwHWtksKG4BHbhZQvSDVpf&#10;6+IRZGx0WKvwNwBGrc1vSnpYqTm1vzbMCErkFwVv4qfk5AR3sD+cnC5SOJipZz31MMUhVU4dhdGj&#10;eenC3t50pqlqqJT4dpX+DDuobFDoHl9ANRxgGXjLL1Cwnm3o6dlHPf0lLf8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQB9SbVm3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjaSa&#10;tsGxHEJoewqFJoXS28be2CbWyliK7fx9lVNz3Jlh9k22mmwrBup949iAnisQxIUrG64MfO/fHxcg&#10;fEAusXVMBi7kYZXf32WYlm7kLxp2oRKxhH2KBuoQulRKX9Rk0c9dRxy9o+sthnj2lSx7HGO5beWT&#10;Ui/SYsPxQ40dbWoqTruzNfAx4rhO9NuwPR03l9/98+fPVpMxD7NpvQQRaAr/YbjiR3TII9PBnbn0&#10;ojWwSJKYNJCouODqa/WqQRyiohXIPJO3C/I/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ALM9F5r4AgAA2gYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAH1JtWbfAAAACQEAAA8AAAAAAAAAAAAAAAAAUgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAABeBgAAAAA=&#10;">
                 <v:shape id="Freeform 46" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10238;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCwTDLcwQAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NisIw&#10;FIX3wrxDuANuRFMFZaYaxREEF7Ox9gEuzbUpNjedJGp9ezMguDycn4+z2vS2FTfyoXGsYDrJQBBX&#10;TjdcKyhP+/EXiBCRNbaOScGDAmzWH4MV5trd+Ui3ItYijXDIUYGJsculDJUhi2HiOuLknZ23GJP0&#10;tdQe72nctnKWZQtpseFEMNjRzlB1Ka5WwfW7HJHPFtvfQ5PgD1P86Z+dUsPPfrsEEamP7/CrfdAK&#10;5jP4/5J+gFw/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALBMMtzBAAAA2wAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" path="m,l10238,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10238,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ř</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -3494,71 +3518,73 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CB08428" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="003D49B1">
       <w:pPr>
         <w:spacing w:before="9" w:line="140" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4ACADCA1" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="002E7A33">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3287"/>
           <w:tab w:val="left" w:pos="7053"/>
         </w:tabs>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r>
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r>
@@ -4267,77 +4293,79 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="6CA22473" id="Group 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.4pt;width:511.9pt;height:.1pt;z-index:-251654656;mso-position-horizontal-relative:page" coordorigin="833,308" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYBkr9gIAANkGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1JW3SGXWKoTcM&#10;6LYCzT5AkeULJkuepMTpvn6kZKduumJAFyAOZdLk4eExc36xayXZCmMbrXKaHMeUCMV10agqpz9W&#10;N0dnlFjHVMGkViKnj8LSi+X7d+d9l4lU11oWwhBIomzWdzmtneuyKLK8Fi2zx7oTCpylNi1zcDRV&#10;VBjWQ/ZWRmkcz6Nem6Izmgtr4e5VcNKlz1+WgrvvZWmFIzKngM35q/HXNV6j5TnLKsO6uuEDDPYG&#10;FC1rFBTdp7pijpGNaV6kahtutNWlO+a6jXRZNlz4HqCbJD7o5tboTed7qbK+6vY0AbUHPL05Lf+2&#10;vTXdQ3dvAnow7zT/aYGXqO+qbOrHcxWCybr/qguYJ9s47RvflabFFNAS2Xl+H/f8ip0jHG7OT+Mk&#10;mcEYOPiSdDHQz2uYET50NptRAq5ZfBYGw+vr4dEkTmcgJXwwRV/EslDRoxxQ4dRBRvaJKft/TD3U&#10;rBN+ABaZuDekKQA5oFSshe5vjBCoTbJATFgcokYy7ZTJiQfDLBD+Tw5f0DHy+CoZLOMb626F9qNg&#10;2zvrgsALsPyAiwH5CqZQthK0/vGIxARK4Xd4HfZByRj0ISKrmPQkVB5yjqnSMcqnSpJ4kfwtGbAW&#10;KmKydJoMhlmNCFk9guY7NaAGizBcKLGXWqctqmUF6EaNQQYIwg5fiQ3C8oIbY8PvUMLApjjcEYYS&#10;2BHrQErHHCLDEmiSHnTgNYl3Wr0VK+197kD9UOXJK9U0ahjjpIfgh0ewhBf5viyincxW6ZtGSj8I&#10;qRDMYjafe3aslk2BToRjTbW+lIZsGe4//xnenmdhsGdU4ZPVghXXg+1YI4MNxSWwC+9akG7Q+loX&#10;jyBjo8NWhX8BMGptflPSw0bNqf21YUZQIr8oeBE/JScnuIL94eR0kcLBTD3rqYcpDqly6iiMHs1L&#10;F9b2pjNNVUOlxLer9GdYQWWDQvf4AqrhALvAW35/gvVsQU/PPurpH2n5BwAA//8DAFBLAwQUAAYA&#10;CAAAACEAfUm1Zt8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hAb42kmrbB&#10;sRxCaHsKhSaF0tvG3tgm1spYiu38fZVTc9yZYfZNtppsKwbqfePYgJ4rEMSFKxuuDHzv3x8XIHxA&#10;LrF1TAYu5GGV399lmJZu5C8adqESsYR9igbqELpUSl/UZNHPXUccvaPrLYZ49pUsexxjuW3lk1Iv&#10;0mLD8UONHW1qKk67szXwMeK4TvTbsD0dN5ff/fPnz1aTMQ+zab0EEWgK/2G44kd0yCPTwZ259KI1&#10;sEiSmDSQqLjg6mv1qkEcoqIVyDyTtwvyPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAw&#10;YBkr9gIAANkGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQB9SbVm3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 7" o:spid="_x0000_s1027" style="position:absolute;left:833;top:308;width:10238;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJai6HwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIuoZbbQmidKCENFHLIpa4/YLE2lqm1ciU5tv8+ChR622Vm581u95PtxJV8aB0reM5y&#10;EMS10y03Cqrvz6c3ECEia+wck4KZAux3D4stFtqN/EXXMjYihXAoUIGJsS+kDLUhiyFzPXHSLs5b&#10;jGn1jdQexxRuO/mS52tpseVEMNjT0VD9Uw5WwfBercjn68P51Cb4bMpf/XFUavk4HTYgIk3x3/x3&#10;fdKp/ivcf0kDyN0NAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASWouh8MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l10238,e" filled="f" strokeweight=".58pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10238,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ř</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t>e</w:t>
@@ -4565,71 +4593,73 @@
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="7C270B47" id="Group 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:41.65pt;margin-top:15.9pt;width:511.9pt;height:.1pt;z-index:-251653632;mso-position-horizontal-relative:page" coordorigin="833,318" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCS+PDx9gIAANoGAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zAMfR+wfxD0uKH1Jb3NaFIMvWFA&#10;txVo9gGKLF8wWdIkJU739SMlO3XTFQO6AHEokyYPD4+Z84ttJ8lGWNdqNafZYUqJUFyXrarn9Mfy&#10;5uCMEueZKpnUSszpo3D0YvH+3XlvCpHrRstSWAJJlCt6M6eN96ZIEscb0TF3qI1Q4Ky07ZiHo62T&#10;0rIesncyydP0JOm1LY3VXDgHd6+iky5C/qoS3H+vKic8kXMK2Hy42nBd4TVZnLOitsw0LR9gsDeg&#10;6FiroOgu1RXzjKxt+yJV13Krna78Idddoquq5SL0AN1k6V43t1avTeilLvra7GgCavd4enNa/m1z&#10;a82DubcRPZh3mv90wEvSm7qY+vFcx2Cy6r/qEubJ1l6HxreV7TAFtES2gd/HHb9i6wmHmyfHaZbN&#10;YAwcfFl+OtDPG5gRPnQ2m1ECrll2FgfDm+vh0SzNZyAlfDBHX8KKWDGgHFDh1EFG7okp939MPTTM&#10;iDAAh0zcW9KWgDyjRLEOur+xQqA2yTFiwuIQNZLppkxOPBjmgPB/cviCjpHHV8lgBV87fyt0GAXb&#10;3DkfBV6CFQZcDsiXMIWqk6D1jwckJVAKv8PrsAuCRmPQh4QsU9KTWHnIOabKx6iQKsvS0+xvyWC2&#10;T8nyaTIYZj0iZM0Imm/VgBoswnChpEFqRjtUyxLQjRqDDBCEHb4SG4UVBDfGxt+hhIVNsb8jLCWw&#10;I1aRFMM8IsMSaJIedBA0iXc6vRFLHXx+T/1Q5ckr1TRqGOOkh+iHR7BEEPmuLKKdzFbpm1bKMAip&#10;EEyezvJIj9OyLdGLeJytV5fSkg3DBRg+w+vzLAwWjSpDtkaw8nqwPWtltKG6BHrhZYvajWJf6fIR&#10;dGx1XKvwNwBGo+1vSnpYqXPqfq2ZFZTILwrexE/Z0RHu4HA4Oj4FvMROPauphykOqebUU5g9mpc+&#10;7u21sW3dQKUsqEHpz7CDqhaVHvBFVMMBlkGwwgIF69mGnp5D1NNf0uIPAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAVfmURN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwWrDMBBE74X+g9hCb42kmLbB&#10;sRxCaHsKhSaFktvG3tgm1spYiu38fZVTe9yZYfZNtppsKwbqfePYgJ4pEMSFKxuuDHzv358WIHxA&#10;LrF1TAau5GGV399lmJZu5C8adqESsYR9igbqELpUSl/UZNHPXEccvZPrLYZ49pUsexxjuW3lXKkX&#10;abHh+KHGjjY1FefdxRr4GHFcJ/pt2J5Pm+th//z5s9VkzOPDtF6CCDSFvzDc8CM65JHp6C5cetEa&#10;WCRJTBpIdFxw87V61SCOUZkrkHkm/y/IfwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCS&#10;+PDx9gIAANoGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBV+ZRE3wAAAAkBAAAPAAAAAAAAAAAAAAAAAFAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAXAYAAAAA&#10;">
                 <v:shape id="Freeform 5" o:spid="_x0000_s1027" style="position:absolute;left:833;top:318;width:10238;height:2;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10238,2" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0pN3GvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0L+x/CLHjTtB5EqlGWpQvu3qx68DY0Y1u2mZQm2ubfG0HwNo/3OZvdaFpxp941lhWk8wQEcWl1&#10;w5WC0/FntgLhPLLG1jIpCORgt/2YbDDTduAD3QtfiRjCLkMFtfddJqUrazLo5rYjjtzV9gZ9hH0l&#10;dY9DDDetXCTJUhpsODbU2NF3TeV/cTMKfs+YX/6OeQhF4KBvw/lyMq1S08/xaw3C0+jf4pd7r+P8&#10;FJ6/xAPk9gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC0pN3GvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" path="m,l10238,e" filled="f" strokeweight="1.6pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10238,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>it</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>l</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> z</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002E7A33">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>Da</w:t>
       </w:r>
       <w:r w:rsidR="002E7A33">
@@ -5676,51 +5706,65 @@
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>údajů</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> je </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>statutární</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> město Ostrava, </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E67D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>město</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E67D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ostrava, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Magistrát</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>města</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
@@ -5970,51 +6014,65 @@
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>věcech</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>místního</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> poplatku </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001E67D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>poplatku</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001E67D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004E0D51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">za </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E0D51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>obecní</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004E0D51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004E0D51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7207,51 +7265,51 @@
         </w:rPr>
         <w:t>elektronický</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>podpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49C0872F" w14:textId="77777777" w:rsidR="007458F9" w:rsidRDefault="00127948" w:rsidP="007458F9">
+    <w:p w14:paraId="5A5EED63" w14:textId="77777777" w:rsidR="00127948" w:rsidRDefault="00127948" w:rsidP="00127948">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Kontaktní</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -7436,204 +7494,165 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>získání</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>souhlasu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ze </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ze</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>strany</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>subjektu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>údajů</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">e-mail: </w:t>
+        <w:t xml:space="preserve">: Ing. Petr </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Štětka</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e-mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="007458F9" w:rsidRPr="00B41639">
+        <w:r w:rsidRPr="00450E42">
           <w:rPr>
             <w:rStyle w:val="Hypertextovodkaz"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:color w:val="auto"/>
           </w:rPr>
-          <w:t>martin.valdauf@pkfapogeo.cz</w:t>
+          <w:t>petr.stetka@moore-czech.cz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="007458F9" w:rsidRPr="00444ABE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00450E42">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="007458F9">
-[...40 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tel. č.: +420 227 031 495.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C5D266" w14:textId="7A0EE366" w:rsidR="00127948" w:rsidRPr="001E67D4" w:rsidRDefault="00127948" w:rsidP="00127948">
+    <w:p w14:paraId="06C5D266" w14:textId="77777777" w:rsidR="00127948" w:rsidRPr="001E67D4" w:rsidRDefault="00127948" w:rsidP="00127948">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Osoba </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Osoba</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>pověřence</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
@@ -7873,135 +7892,136 @@
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Podpis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001E67D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: _________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006B1385">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11905" w:h="16840"/>
       <w:pgMar w:top="1580" w:right="720" w:bottom="1740" w:left="720" w:header="671" w:footer="1559" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C41434B" w14:textId="77777777" w:rsidR="00BB5A13" w:rsidRDefault="00BB5A13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="32BAFF0C" w14:textId="77777777" w:rsidR="00BB5A13" w:rsidRDefault="00BB5A13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Impact">
     <w:panose1 w:val="020B0806030902050204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="18EBAFC6" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="0040455F">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73E598B2" wp14:editId="4A1FE4DE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5208905</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>10085070</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1821815" cy="247015"/>
           <wp:effectExtent l="0" t="0" r="6985" b="635"/>
           <wp:wrapNone/>
@@ -8768,178 +8788,178 @@
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-3"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>7</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                             <w:t>2930</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="53B8902F" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="002E7A33">
+                        <w:p w14:paraId="53B8902F" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="00127948">
                           <w:pPr>
                             <w:spacing w:before="24"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:hyperlink r:id="rId2">
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>ww</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>w</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="-2"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>o</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>str</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>v</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>a</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:spacing w:val="1"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>c</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="002E7A33">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="003865"/>
                                 <w:sz w:val="16"/>
                                 <w:szCs w:val="16"/>
                               </w:rPr>
                               <w:t>z</w:t>
                             </w:r>
                           </w:hyperlink>
                         </w:p>
                         <w:p w14:paraId="6A804313" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="002E7A33">
                           <w:pPr>
                             <w:spacing w:line="180" w:lineRule="exact"/>
                             <w:ind w:left="40"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:sz w:val="16"/>
                               <w:szCs w:val="16"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
@@ -10894,70 +10914,70 @@
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                       </w:rPr>
                       <w:t>800</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="30B5A54E" w14:textId="77777777" w:rsidR="00BB5A13" w:rsidRDefault="00BB5A13">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="07E9ED10" w14:textId="77777777" w:rsidR="00BB5A13" w:rsidRDefault="00BB5A13">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="40061C5D" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="0040455F">
     <w:pPr>
       <w:spacing w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E16DCD6" wp14:editId="0E22D749">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>5861050</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>413385</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1183005" cy="279400"/>
@@ -11134,146 +11154,150 @@
                             </a:solidFill>
                           </a14:hiddenFill>
                         </a:ext>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="794D0826" w14:textId="77777777" w:rsidR="003D49B1" w:rsidRDefault="002E7A33">
                           <w:pPr>
                             <w:spacing w:line="260" w:lineRule="exact"/>
                             <w:ind w:left="20"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                             </w:rPr>
                           </w:pPr>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t>Sta</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-2"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                             </w:rPr>
                             <w:t>u</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t>tárn</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                             </w:rPr>
                             <w:t>í</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-11"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
+                          <w:proofErr w:type="spellStart"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-1"/>
                             </w:rPr>
                             <w:t>mě</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                             </w:rPr>
                             <w:t>s</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="2"/>
                             </w:rPr>
                             <w:t>t</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                             </w:rPr>
                             <w:t>o</w:t>
                           </w:r>
+                          <w:proofErr w:type="spellEnd"/>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="-14"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="003865"/>
                               <w:spacing w:val="4"/>
                             </w:rPr>
                             <w:t>O</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:eastAsia="Arial Black" w:hAnsi="Arial Black" w:cs="Arial Black"/>
                               <w:b/>
                               <w:bCs/>
@@ -12325,51 +12349,51 @@
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="003865"/>
                         <w:w w:val="105"/>
                         <w:sz w:val="19"/>
                         <w:szCs w:val="19"/>
                       </w:rPr>
                       <w:t>tu</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="288A6CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="985EE780"/>
     <w:lvl w:ilvl="0" w:tplc="B2501E34">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:hanging="301"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-12"/>
         <w:w w:val="102"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFE20ECE">
       <w:start w:val="1"/>
@@ -12422,135 +12446,132 @@
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="D788FB96">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6AEEC3DE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1073505616">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003D49B1"/>
     <w:rsid w:val="00127948"/>
     <w:rsid w:val="002108AC"/>
     <w:rsid w:val="0025623F"/>
     <w:rsid w:val="002C65C6"/>
     <w:rsid w:val="002E7A33"/>
     <w:rsid w:val="003C5E3E"/>
     <w:rsid w:val="003D49B1"/>
     <w:rsid w:val="003E2290"/>
     <w:rsid w:val="0040455F"/>
     <w:rsid w:val="004459C9"/>
     <w:rsid w:val="006B1385"/>
-    <w:rsid w:val="007458F9"/>
     <w:rsid w:val="009764C2"/>
-    <w:rsid w:val="00A4049B"/>
     <w:rsid w:val="00BB5A13"/>
-    <w:rsid w:val="00C66487"/>
     <w:rsid w:val="00FB11FC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="10241"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="005B6539"/>
   <w15:docId w15:val="{74CBA5F1-D189-4605-BD49-02B62B95BCB8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13105,73 +13126,73 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Zkladntext2Char">
     <w:name w:val="Základní text 2 Char"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:link w:val="Zkladntext2"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00127948"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:val="cs-CZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00127948"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="93550534">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martin.valdauf@pkfapogeo.cz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petr.stetka@moore-czech.cz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ostrava.cz/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -13422,75 +13443,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>343</Words>
-  <Characters>2028</Characters>
+  <Words>339</Words>
+  <Characters>2003</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Zmena_v_registraci_-_ohlaseni_umrti_-_eMIA[1].fo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MMO</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2367</CharactersWithSpaces>
+  <CharactersWithSpaces>2338</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Zmena_v_registraci_-_ohlaseni_umrti_-_eMIA[1].fo</dc:title>
   <dc:creator>pieczkama</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2013-06-07T00:00:00Z</vt:filetime>
   </property>